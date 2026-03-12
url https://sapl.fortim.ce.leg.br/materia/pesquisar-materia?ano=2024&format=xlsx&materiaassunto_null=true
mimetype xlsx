--- v0 (2025-10-16)
+++ v1 (2026-03-12)
@@ -54,1275 +54,1275 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PPTCE</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1653/parecer_previo_012.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1653/parecer_previo_012.2024.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas de Governo do Município de Fortim, exercício financeiro de 2020, de responsabilidade do Sr. Naselmo de Sousa Ferreira. Emissão de Parecer Prévio pela Aprovação. Regularidade com ressalvas.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1780/parecer_previo_tce_-_exercicio_2021.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1780/parecer_previo_tce_-_exercicio_2021.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas de Governo do Município de Fortim, exercício financeiro de 2021, de responsabilidade do Sr. Naselmo de Sousa Ferreira. Ocorrências verificadas incapazes de prejudicar o contexto geral das contas. Parecer Prévio favorável à Aprovação das Contas. Contas Regulares com ressalvas.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1862/plc_001.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1862/plc_001.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 010, de 19 de dezembro de 2013, que dispõe sobre o Código Tributário do Município do Fortim, e dá outras providências.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1629/pl_001.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1629/pl_001.2024.pdf</t>
   </si>
   <si>
     <t>Fixa o vencimento mínimo dos servidores públicos do Município de Fortim, na forma que indica e da outras providências.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1634/pl_002.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1634/pl_002.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse mensal de R$ 46.900,00 (quarenta e seis mil e novecentos reais), pelo  período de 11 (onze) meses, ao Sistema de Saúde Vicentina Margarida Naseau (Hospital Santa Luíza de Marilac), sediado em Aracati/CE, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1658/pl_003.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1658/pl_003.2024.pdf</t>
   </si>
   <si>
     <t>Altera com reajuste de 4% (quatro por cento), respectivamente, os anexos V e VII, da Lei Municipal nº 265/2006, com as modificações já introduzidas pelas leis municipais posteriores, inclusive a Lei de nº 940/2023, de 13 de fevereiro de 2023, que estabelecem as tabelas vencimentais dos professores do Município de Fortim, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1669/pl_004.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1669/pl_004.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 010/1993, de 15 de janeiro de 1993, na forma que indica.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1670/pl_005.2024_executivo.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1670/pl_005.2024_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse de R$ 160.000,00 (cento e sessenta mil reais), em 10 (dez) parcelas mensais e iguais de R$ 16.000,00 (dezesseis mil reais), com vencimento no final de cada mês, para o suporte financeiro ao Sistema de Saúde Vicentina Margarida Naseau (Hospital Santa Luíza de Marilac), sediado em Aracati/CE, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1671/pl_006.2024_executivo.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1671/pl_006.2024_executivo.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 701/2018, de 11 de dezembro de 2018, alterada pela Lei de nº 870/2022, de 24 de janeiro de 2022, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1674/pl_007.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1674/pl_007.2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 366/2010, de 23 de abril de 2010, na forma que indica e dá outras providências</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1696/pl_008.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1696/pl_008.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração e a execução da Lei Orçamentária para o exercício de 2025.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1716/pl_009.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1716/pl_009.2024.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo Único da Lei Municipal n° 267/2006, de 02 de outubro de 2006, quanto ao valor do vencimento base do Técnico em Radiologia, na forma que indica e dá outras providencias.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1767/pl_010.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1767/pl_010.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir adicional ao vigente orçamento o crédito especial que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1772/pl_011.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1772/pl_011.2024.pdf</t>
   </si>
   <si>
     <t>Cria os Cargos de Vigilante Sanitário, Auxiliar de Saúde Bucal, Professor de Libras, Intérprete de Libras e Professor de Educação Especial AEE, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1773/pl_012.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1773/pl_012.2024.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo Único da Lei nº 998/2023, de 06 de dezembro de 2023, na forma que indica.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1775/pl_013.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1775/pl_013.2024.pdf</t>
   </si>
   <si>
     <t>"Altera a alíquota suplementar dos meses de julho a dezembro de 2024, instituída no art. 2º da Lei Municipal de nº 777/2021, de 21 de janeiro de 2021, alterada pela Lei de nº 967/2023, de 20 de julho de 2023, na forma que indica.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1777/projeto_de_lei_014.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1777/projeto_de_lei_014.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal de nº 785/2021 de 09 de março de 2021, na forma que indica.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1784/pl_015.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1784/pl_015.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Alíquota Suplementar dos anos de 2025 a 2054, para adaptação ao novo estudo atuarial, conforme já alterado pela Lei Municipal de n° 1063/2024, de 22 de julho de 2024, para o exercício de 2024, na forma que indica.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1802/pl_016.2024_-_loa.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1802/pl_016.2024_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1828/projeto_de_lei_n017.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1828/projeto_de_lei_n017.2024.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Conselho Municipal da Juventude, revogando a Lei Municipal n° 588/2016, de 19 de abril de 2016, na forma que indica e da outras providências.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1834/pl_018.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1834/pl_018.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Fortim a alienar, através de concessão de direito real de uso gratuita, a qual poderá ser convertida em doação, nos moldes do art. 4º da Lei Municipal de nº 809/2021, uma área de 6800m2 à empresa TRÍADE INDÚSTRIA DE BEBIDAS LTDA, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1858/019.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1858/019.2024.pdf</t>
   </si>
   <si>
     <t>Estabelece a classificação das atividades de Baixo Risco para fins de dispensa da exigência do Alvará de Licença para Localização e demais Licenciamentos Municipais, conforme a Lei Federal nº 13.874, de 20 de setembro 2019, que instituiu a Declaração de Direitos da Liberdade Econômica, e da outras providências.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1859/020.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1859/020.2024.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 13 da Lei Municipal de nº 474/2013, de 20 de junho de 2013, na forma que indica.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1860/021.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1860/021.2024.pdf</t>
   </si>
   <si>
     <t>Disciplina as relações entre o Município de Fortim e as Organizações Sociais, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1630/pl_001.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1630/pl_001.2024.pdf</t>
   </si>
   <si>
     <t>Altera o anexo V da Lei Municipal nº 950/2023, que dispõe sobre a Organização e Estrutura Administrativa da Câmara Municipal de Fortim/CE.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>Carlos Alberto Scipião, Diancarlos Monteiro de Souza, Flávio Cavalcante de Lima, Francisco Roberto Barbosa, Gerardo Correia da Silva Júnior, Kath Anne Meira da Silva Simonassi, Márcia Rocha Guedes Assunção, Márcia Vieira dos Santos Nogueira, Monique Ribeiro da Costa, Orlando da Costa Oliveira, Raimundo Tomaz de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1631/pl_002.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1631/pl_002.2024.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores da Câmara Municipal de Fortim para a Legislatura de 2025/2028 e dá outras providências.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>Kath Anne Meira da Silva Simonassi</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1643/pl_003.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1643/pl_003.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Rua Anselmo Baltazar dos Santos, no Distrito de Guajirú, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>Flávio Cavalcante de Lima</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1644/pl_004.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1644/pl_004.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Rua Cleiton Nascimento da Silva, na Sede do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1651/pl_005.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1651/pl_005.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Travessa Anselmo Baltazar dos Santos, no Distrito de Guajirú, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>Monique Ribeiro da Costa</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1673/pl_006.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1673/pl_006.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Areninha Francisco Joventino da Rocha, no Distrito de Guajiru, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>Márcia Rocha Guedes Assunção, Monique Ribeiro da Costa</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1680/projeto_de_lei_007.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1680/projeto_de_lei_007.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Areninha Raimundo Teixeira de Oliveira, no Distrito de Guajiru, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1679/projeto_de_lei_008.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1679/projeto_de_lei_008.2024.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização sobre o Autismo e dá outras providências.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1683/projeto_de_lei_009.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1683/projeto_de_lei_009.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Rua João Américo de Lima, na localidade de Córrego do Maceió I, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1684/projeto_de_lei_010.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1684/projeto_de_lei_010.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Francisco Manuel da Silva, no Distrito de Pontal de Maceió, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1685/projeto_de_lei_011.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1685/projeto_de_lei_011.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Presbítero Francisco José Filho, no Centro do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1686/projeto_de_lei_012.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1686/projeto_de_lei_012.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Maria Gondim Camelo, no Centro do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1694/projeto_de_lei_013.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1694/projeto_de_lei_013.2024.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei nº 1.018/2023, de 14 de dezembro de 2023, bem como revoga os Anexos I e II (Autoriza e define normas gerais para a realização de concurso público para provimento de cargos efetivos do Poder Legislativo Municipal e dá outras providências).</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>Raimundo Tomaz de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1724/projeto_de_lei_014.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1724/projeto_de_lei_014.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Rua Raimundo Rodrigues da Silva, no Córrego de Maceió, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1725/projeto_de_lei_015.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1725/projeto_de_lei_015.2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Presbítero José Triunfo da Silva, a Rua e a Travessa, ambas localizadas no Centro do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>Carlos Alberto Scipião</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1736/projeto_de_lei_016.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1736/projeto_de_lei_016.2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Raimunda Batista Fernandes a praça localizada no Distrito Pontal de Maceió, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>Gerardo Correia da Silva Júnior</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1743/projeto_de_lei_017.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1743/projeto_de_lei_017.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Fortinense à Sra. Janine de Lima Almeida Vieira.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1742/projeto_de_lei_018.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1742/projeto_de_lei_018.2024.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Escolar de Combate à Violência Contra a Mulher no Município de Fortim e dá outras providências.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1752/projeto_de_lei_019.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1752/projeto_de_lei_019.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Areninha Horácio José Amarante, no Distrito da Barra, Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>Francisco Roberto Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1753/projeto_de_lei_020.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1753/projeto_de_lei_020.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Djacir Ribeiro Parahyba Neto.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>Diancarlos Monteiro de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1754/projeto_de_lei_021.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1754/projeto_de_lei_021.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Antônio Rogério Pereira dos Santos.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1755/projeto_de_lei_022.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1755/projeto_de_lei_022.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Fortinense à Sra. Maria Marina de Lima.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1756/projeto_de_lei_023.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1756/projeto_de_lei_023.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Taidgh Philipe Carril Amaury de Carne de Trecesson.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Orlando da Costa Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1759/projeto_de_lei_024.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1759/projeto_de_lei_024.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Fortinense à Sra. Kath Anne Meira da Silva Simonassi.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Marcos Cavalcante de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1757/projeto_de_lei_025.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1757/projeto_de_lei_025.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Ricardo Bender.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1758/projeto_de_lei_026.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1758/projeto_de_lei_026.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Pedro Sant Anna Lauar.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Márcia Vieira dos Santos Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1760/projeto_de_lei_027.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1760/projeto_de_lei_027.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Yuri Guerra Saldanha.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1761/projeto_de_lei_028.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1761/projeto_de_lei_028.2024.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice-Prefeito e Secretários Municipais para a Legislatura de 2025/2028 e dá outras providências.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1762/projeto_de_lei_029.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1762/projeto_de_lei_029.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Abner Alessandro Sena dos Santos.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1763/projeto_de_lei_030.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1763/projeto_de_lei_030.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Vicente Borges (Vicente Pinheiro Borges), no Centro do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1764/projeto_de_lei_031.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1764/projeto_de_lei_031.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Zenora Rodrigues (Zenora Rodrigues Borges), no Centro do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1765/projeto_de_lei_032.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1765/projeto_de_lei_032.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Luzia Ricardo (Luzia Raimunda Chagas), no Centro do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1766/projeto_de_lei_033.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1766/projeto_de_lei_033.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Vicente Chagas (Vicente Ferreira Chagas), no Centro do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1774/projeto_de_lei_034.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1774/projeto_de_lei_034.2024.pdf</t>
   </si>
   <si>
     <t>Reconhece as festas juninas e as quadrilhas do Município de Fortim como manifestações culturais fortinenses, e dá outras providências.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1797/projeto_de_lei_035.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1797/projeto_de_lei_035.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação oficial da Praça Osvaldo da Costa Oliveira, localizada no triângulo entre as ruas Francisco Augustinho e Manoel Pimenta, no Centro da Cidade de Fortim, Ceará.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1800/projeto_de_lei_036.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1800/projeto_de_lei_036.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça José Osmar de Oliveira, localizada próximo à Areninha Raimundo Teixeira de Oliveira, no Distrito de Guajiru, Município de Fortim, Ceará.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1827/projeto_de_lei_037.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1827/projeto_de_lei_037.2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Centro de Educação Infantil Professora Maria Ivanilde Maia Maciel, o Centro de Educação Infantil (CEI) situado na Rua Cícero Teixeira, na sede do Município de Fortim.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1831/projeto_de_lei_038.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1831/projeto_de_lei_038.2024.pdf</t>
   </si>
   <si>
     <t>Ratifica a denominação do Centro de Educação Infantil (CEI) Alaíde Rodrigues de Lima, denominado pela Lei Estadual nº 18.108, de 23 de junho de 2022.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1835/projeto_de_lei_039.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1835/projeto_de_lei_039.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Ginásio Aldenor Pereira Barbosa, localizado na Comunidade de Jardim de Baixo, Município de Fortim.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1843/projeto_de_lei_040.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1843/projeto_de_lei_040.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. José Welton Pinto de Oliveira.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1844/projeto_de_lei_041.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1844/projeto_de_lei_041.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Fortinense a Sra. Delma de Sousa Fama Monteiro.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1845/projeto_de_lei_042.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1845/projeto_de_lei_042.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Lúcio Lamonica Moreira.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1846/projeto_de_lei_043.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1846/projeto_de_lei_043.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Eduardo da Costa Oliveira.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1847/projeto_de_lei_044.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1847/projeto_de_lei_044.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Fortinense a Sra. Jaqueline de Oliveira do Nascimento.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1848/projeto_de_lei_045.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1848/projeto_de_lei_045.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Fortinense a Sra. Andréa Melo Martins de Oliveira.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1849/projeto_de_lei_046.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1849/projeto_de_lei_046.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. José Evando Gondim.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1850/projeto_de_lei_047.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1850/projeto_de_lei_047.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. James Moreira dos Santos.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1851/projeto_de_lei_048.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1851/projeto_de_lei_048.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Rafael Farias Nogueira.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1852/projeto_de_lei_049.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1852/projeto_de_lei_049.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Fortinense a Sra. Daniela Lima Alexandre.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1853/projeto_de_lei_050.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1853/projeto_de_lei_050.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Marcos Zavaski Soares.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1854/projeto_de_lei_051.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1854/projeto_de_lei_051.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Fortinense ao Sr. Juciclesio Lucas do Nascimento.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1855/projeto_de_lei_052.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1855/projeto_de_lei_052.2024.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Fortinense a Sra. Vanessa Cavalcanti Peixoto Rodrigues.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1857/projeto_de_lei_053.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1857/projeto_de_lei_053.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a educação ambiental, instituindo a política de educação ambiental no Município de Fortim.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1632/pdl_001.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1632/pdl_001.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Fortim</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>COFF - Comissão de Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1688/pdl_002.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1688/pdl_002.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas de Governo do Município de Fortim do exercício financeiro 2020, de responsabilidade do Sr. Naselmo de Sousa Ferreira.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1796/projeto_de_decreto_legislativo_003.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1796/projeto_de_decreto_legislativo_003.2024.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas de Governo do Município de Fortim do exercício financeiro 2021, de responsabilidade do Sr.  Naselmo de Sousa Ferreira.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1813/004.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1813/004.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Francisca Pereira Oliveira.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1814/005.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1814/005.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Marilane Ferreira da Costa.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1819/006.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1819/006.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Ana Clarice de Moura Lima.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1815/007.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1815/007.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Arlete Garcia da Silva.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1821/008.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1821/008.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, ao Sr. José Arlindo Pereira de Lima.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1822/009.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1822/009.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Solange dos Santos Lôbo.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1820/010.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1820/010.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Zeneide Ribeiro Lima.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1823/011.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1823/011.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Juarina Gomes de Aquino.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1824/012.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1824/012.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Raimunda Ribeiro dos Santos.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1825/013.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1825/013.2024.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Mérito na Educação Professora Maria Ivanilde Marques Maia, à Sra. Maria Clécia Damasceno.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1792/001.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1792/001.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei Geral de Proteção de Dados no âmbito da Câmara Municipal de Fortim e dá outras providências.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_001.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_001.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a isenção de taxa de inscrição em concurso público e processo seletivo às mulheres vítimas de violência doméstica e familiar no âmbito do Município de Fortim.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>Márcia Rocha Guedes Assunção</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1656/indicacao_002.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1656/indicacao_002.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a instalação de câmeras de vídeo monitoramento em pontos estratégicos do Município de Fortim, com o objetivo de garantir a segurança dos munícipes e auxiliar as autoridades competentes na prevenção e investigação de ocorrências.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1657/indicacao_003.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1657/indicacao_003.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei como seguinte objetivo: “Instituir o Certificado Empresa Promotora da Saúde Mental e estabelece os requisitos para a concessão da certificação”.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1693/indicacao_004.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1693/indicacao_004.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei com o objetivo de "Instituir o Programa de Capacitação sobre o Transtorno do Espectro Autista (TEA) e demais Portadores de Deficiência para professores das escolas da rede Pública e Privada do Município de Fortim/CE".</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1726/indicacao_005.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1726/indicacao_005.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a criação de benefício eventual para marisqueiras e pescadores (as) artesanais no período das chuvas.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>Francisco Roberto Barbosa, Monique Ribeiro da Costa, Raimundo Tomaz de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1734/indicacao_006.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1734/indicacao_006.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a criação e a regulamentação de equipe multidisciplinar da Secretaria Municipal de Educação do Fortim.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1735/indicacao_007.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1735/indicacao_007.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Chefe do Poder Executivo e a Secretária Municipal de Educação, que envie à Câmara Municipal Projeto de Lei com o objetivo de “introduzir o ensino de informática nas escolas, objetivando transformar a educação pública municipal ao capacitar alunos e professores com as habilidades necessárias para prosperar em um mundo cada vez mais digital, por meio da combinação de treinamento, acesso a recursos e inclusão digital”.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1745/indicacao_008.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1745/indicacao_008.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito Naselmo Ferreira e à Secretária Municipal de Saúde, Sra. Katiane Gondim da Costa, que analisem a viabilidade do envio de Projeto de Lei com o objetivo de implantar o Piso Salarial dos cirurgiões-dentistas do nosso município.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1747/indicacao_009.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1747/indicacao_009.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito Naselmo Ferreira que envie à Câmara Municipal Projeto de Lei dispondo sobre a regularização do Código de Endereçamento Postal (CEP) no Município de Fortim.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1748/indicacao_010.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1748/indicacao_010.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a criação de uma Central de Intérpretes da Língua Brasileira de Sinais (LIBRAS) e de guias-intérpretes para pessoas com surdez ou surdocegueira, destinada a fornecer a qualquer órgão municipal, quando necessário, profissionais capazes de intermediar a comunicação da pessoa surda, usando a linguagem de sinais, com aqueles que estejam em dificuldades para se fazer compreender.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1768/indicacao_011.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1768/indicacao_011.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre o incentivo e apoio ao empreendedorismo feminino no Município de Fortim, promovendo a igualdade de oportunidades, o desenvolvimento econômico e a autonomia financeira das mulheres.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1769/indicacao_012.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1769/indicacao_012.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a instituição do Programa Municipal Empresa/Cidadão Amigo da Escola, no âmbito do Município de Fortim.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1770/indicacao_013.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1770/indicacao_013.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a instituição do Programa Municipal de Prevenção e Combate ao Bullying, no âmbito do Município de Fortim.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1782/indicacao_014.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1782/indicacao_014.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a instituição do Festival do Camarão no âmbito do Município de Fortim.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1783/indicacao_015.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1783/indicacao_015.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a instituição do Programa "Visão Nota 10" no âmbito escolar do Município de Fortim, com o propósito de facilitar exames oftalmológicos para os alunos das escolas públicas no Ensino Fundamental do Município de Fortim-Ceará</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1788/indicacao_016.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1788/indicacao_016.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a instituição da disciplina de Primeiros Socorros nas escolas da rede municipal de Fortim, estabelecendo diretrizes para a sua implementação.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1795/indicacao_017.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1795/indicacao_017.2024.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito que envie à Câmara Municipal Projeto de Lei dispondo sobre a instituição do evento Fortim da Fé.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/</t>
+    <t>http://sapl.fortim.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Modifica o parágrafo único do art. 16 do Projeto de Lei nº 021/2024, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>Modifica o art. 15-A do Projeto de Lei Complementar nº 001/2024, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Insere o art. 28 A no Projeto de Lei nº 021/2024, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
@@ -1335,1149 +1335,1149 @@
   <si>
     <t>Acrescenta o § 4º ao art. 74-B do Projeto de Lei Complementar nº 001/2024, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>Emenda Substitutiva Geral ao Projeto de Lei nº 020/2024, de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>MOCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1635/mocao_de_pesar_001.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1635/mocao_de_pesar_001.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento da Sra. Maria de Lurdes Teixeira de Lima, ocorrido no dia 28 de janeiro de 2024.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1637/mocao_de_pesar_002.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1637/mocao_de_pesar_002.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Sipião do Vale Nogueira, ocorrido no dia 27 de janeiro de 2024.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1639/mocao_de_pesar_003.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1639/mocao_de_pesar_003.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. José Batista da Silva, ocorrido no dia 27 de janeiro de 2024.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>Kath Anne Meira da Silva Simonassi, Carlos Alberto Scipião, Diancarlos Monteiro de Souza, Flávio Cavalcante de Lima, Francisco Roberto Barbosa, Gerardo Correia da Silva Júnior, Márcia Rocha Guedes Assunção, Márcia Vieira dos Santos Nogueira, Monique Ribeiro da Costa, Orlando da Costa Oliveira, Raimundo Tomaz de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1642/mocao_de_pesar_004.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1642/mocao_de_pesar_004.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do jovem Mikael Schumacher Antunes dos Santos, ocorrido no dia 18 de fevereiro de 2024.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>Orlando da Costa Oliveira, Carlos Alberto Scipião, Diancarlos Monteiro de Souza, Flávio Cavalcante de Lima, Francisco Roberto Barbosa, Gerardo Correia da Silva Júnior, Kath Anne Meira da Silva Simonassi, Márcia Rocha Guedes Assunção, Márcia Vieira dos Santos Nogueira, Monique Ribeiro da Costa, Raimundo Tomaz de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1668/mocao_de_pesar_005.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1668/mocao_de_pesar_005.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Manoel Ferreira Souza, conhecido como Manoel Baiano, ocorrido no dia 06 de março de 2024.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>Kath Anne Meira da Silva Simonassi, Carlos Alberto Scipião, Diancarlos Monteiro de Souza, Flávio Cavalcante de Lima, Francisco Roberto Barbosa, Gerardo Correia da Silva Júnior, Márcia Vieira dos Santos Nogueira, Marcos Cavalcante de Souza, Monique Ribeiro da Costa, Orlando da Costa Oliveira, Raimundo Tomaz de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1681/006.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1681/006.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. José Alves Maciel, ocorrido no dia 07 de abril de 2024.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1682/007.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1682/007.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Wanderico Menezes da Silva, ocorrido no dia 1º de abril de 2024.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1712/008.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1712/008.2024.pdf</t>
   </si>
   <si>
     <t>Moção de pesar manifestando solidariedade à família pelo falecimento da Sra. Maria Santana da Silva, tia do ex-servidor desta Casa Rafael Alfredo e irmã da agente de saúde do Guajiru, Bosquita, ocorrido no dia 23 de abril de 2024.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>Carlos Alberto Scipião, Diancarlos Monteiro de Souza, Flávio Cavalcante de Lima, Francisco Roberto Barbosa, Gerardo Correia da Silva Júnior, Kath Anne Meira da Silva Simonassi, Márcia Vieira dos Santos Nogueira, Marcos Cavalcante de Souza, Monique Ribeiro da Costa, Orlando da Costa Oliveira, Raimundo Tomaz de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1713/mocao_de_pesar_009.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1713/mocao_de_pesar_009.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Alexandre Magno, ocorrido no dia 02 de maio de 2024.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1714/010.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1714/010.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Raimundo Reinaldo da Silva, avô do servidor desta Casa Renato Monteiro da Silva, ocorrido no dia 02 de maio de 2024.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1715/mocao_de_pesar_011.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1715/mocao_de_pesar_011.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Aldenor Xavier da Silva, ocorrido no dia 23 de abril de 2024.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1721/mocao_de_pesar_012.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1721/mocao_de_pesar_012.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento da Sra. Albertina Quinino de Oliveira do Vale, ocorrido no dia 04 de maio de 2024.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1722/mocao_de_pesar_013.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1722/mocao_de_pesar_013.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Erivan Ferreira, ocorrido no dia 30 de abril de 2024.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1728/mocao_de_pesar_014.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1728/mocao_de_pesar_014.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Jovem Mateus da Costa Barbosa, ocorrido no dia 07 de maio de 2024.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1778/mocao_de_pesar_015.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1778/mocao_de_pesar_015.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Antônio Félix dos Santos Neto, ocorrido no dia 28 de junho de 2024.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1779/mocao_de_pesar_016.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1779/mocao_de_pesar_016.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Osvaldo da Costa Oliveira, ocorrido no dia 31 de julho de 2024.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1787/mocao_de_pesar_017.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1787/mocao_de_pesar_017.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar manifestando solidariedade à Família pelo falecimento do Sr. Leonardo Silvano dos Santos, ocorrido no dia 13 de agosto de 2024.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1744/apauso_e_congratulacao_001.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1744/apauso_e_congratulacao_001.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao corpo docente e aos alunos da Escola de Ensino Fundamental Professora Maria Luiza, devido à conquista da medalha de prata na edição brasileira da Olimpíada Internacional Matemática Sem Fronteiras 2023.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1623/requerimento_001.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1623/requerimento_001.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, a implantação de pavimentação na rua São João, na localidade Pontal de Maceió, na Cidade de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1624/req_002.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1624/req_002.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, a implantação de pavimentação na rua Eduardo Caetano, na localidade Pontal de Maceió, na Cidade de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1625/requerimento_003.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1625/requerimento_003.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos para a implantação do nome “FORTIM” com letreiro turístico com vista para o Pôr do Sol em Pontal de Maceió, na Cidade de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1626/requerimento_004.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1626/requerimento_004.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos para a implantação de letreiro de identificação com o nome FORTIM, defronte ao portal de entrada da cidade, na Avenida Joaquim Crisóstomo, na Cidade de Fortim/Ceará. Que o nome Fortim, tenha iluminação no seu entorno, para ficar com maior destaque e melhor visualização noturna.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1628/requerimento_005.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1628/requerimento_005.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos para a implantação de bancos no largo lateral da rua José Gerônimo, em Pontal de Maceió, no Município de Fortim.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1633/requerimento_006.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1633/requerimento_006.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos para a implantação de pavimentação com bloquete de concreto intertravado na rua Maria Mota, precisamente no trecho sem pavimentação. A rua está localizada no Capim Açú, no Município de Fortim.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1636/requerimento_007.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1636/requerimento_007.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a revitalização do acesso ao Rio Jaguaribe localizado nas proximidades da quadra de esportes da Barra.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1640/requerimento_008.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1640/requerimento_008.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, junto a CAGECE, que seja feita a implantação da rede de abastecimento de água na Rua Francisco Augusto Gondim, localizada ao lado da CE 123, sentido Fortim/Pontal de Maceió.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1641/requerimento_009.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1641/requerimento_009.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos para a implantação de pavimentação na rua Francisco Augusto Gondim, no Município de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1645/requerimento_010.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1645/requerimento_010.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a pavimentação em bloquetes intertravados ou paralelepípedos na rua Angelita Felipe Bezerra, antiga Travessa Isabel Monteiro, que dá acesso à Escola de Ensino Fundamental Comunitária da Barra, no distrito da Barra, Município de Fortim.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1647/requerimento_011.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1647/requerimento_011.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a  instalação de postes de iluminação pública e a continuidade do calçamento na travessa Maria Nunes, na Sede do Município de Fortim. A mesma está localizada próxima à rua Raimundo Bala, no sentido do lava jato do Peixe Seco. Requeiro também, que seja realizada uma visita ao local para averiguação dos fatos.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1648/requerimento_012.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1648/requerimento_012.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Esporte, Juventude e Lazer, Sr. Amadeu Félix Barboza Filho, a disponibilização de um espaço para que as crianças, adolescentes e adultos possam treinar boxe e lutas marciais.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1649/requerimento_013.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1649/requerimento_013.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que seja colocado piso intertravado na Rua Lino Monteiro e arredores, na localidade da Barra.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1650/requerimento_014.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1650/requerimento_014.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que seja colocada sinalização de trânsito na Rua Júlia Simões, especialmente pintando na pista a faixa, bem como colocando o nome PARE no chão e, até tachão redutor de velocidade.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1652/requerimento_015.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1652/requerimento_015.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a manutenção periódica do piso da Creche Maria Luiza.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1654/requerimento_016.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1654/requerimento_016.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos para implantação de piso emborrachado e cobertura do Parquinho do Infantil da Escola Maria Luiza, na cidade de Fortim.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1655/requerimento_017.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1655/requerimento_017.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos para implantação de placa de sinalização de trânsito “PROIBIDO ESTACIONAR” e demarcação de meio-fio com pintura amarela, em frente ao Hospital Municipal de Fortim, localizado na Rua Izídio Moura, no Município de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1659/req_18.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1659/req_18.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como a Secretária de Assistência Social Trabalho e Cidadania, Sra. Telma Cesário de Araújo, a adesão ao Programa “Ceará por Elas”, desenvolvido por meio de articulação entre o Governo do Estado do Ceará, Secretaria das Mulheres e os Municípios, para que, em cooperação com a  Procuradora Especial da Mulher da Câmara Municipal de Fortim, levar mais oportunidades às mulheres vítimas de violência.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1662/requerimento_019.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1662/requerimento_019.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a implantação de redutores de velocidade tipo tachão ou calota (tartaruga) de sinalização, com refletivo, em frente à entrada da Rua Maria Mota, precisamente no Capim Açu, na cidade de Fortim.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1664/requerimento__0202024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1664/requerimento__0202024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, providências visando estudos técnicos de viabilidade para distanciar da faixa de pedestres, os redutores de velocidade instalados na via asfáltica, defronte ao semáforo, do lado do polo de lazer e da Areninha Caetano Guedes, no centro da cidade de Fortim.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1665/requerimento_021.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1665/requerimento_021.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a ampliação da pavimentação da rua Francisco Epaminondas, localizada   no centro da cidade de Fortim.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1666/requerimento_022.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1666/requerimento_022.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a ampliação da iluminação pública, com instalação de mais luminárias na rede elétrica da localidade Córrego do Maceió II, na cidade de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1667/requerimento_023.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1667/requerimento_023.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a continuação (ampliação) da pavimentação da rua Raimundo Bala, na cidade de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1675/requerimento_024.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1675/requerimento_024.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a implantação de redutores de velocidade tipo tachão, no entorno da praça da Rua da Poeira, no Distrito de Viçosa, na cidade de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1677/requerimento_025.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1677/requerimento_025.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a instalação de placas de sinalização de trânsito vertical de quebra-molas, nos locais com  redutores de velocidade tipo tachão de trânsito, no trecho distrito de viçosa,  até o Distrito Pontal de Maceió, na Cidade de Fortim.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1678/requerimento_026.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1678/requerimento_026.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Plenário desta Casa Legislativa, na devida forma Regimental, a realização de Sessão Solene em alusão ao dia 02 de abril, data essa conhecida como Dia Mundial de Conscientização sobre o Autismo.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1687/requerimento_027.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1687/requerimento_027.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, bem como a Secretaria Municipal de Desenvolvimento Urbano, estudo a fim de viabilizar a implantação de redutor de velocidade (lombada/quebra-molas) na Av. Joaquim Crisóstomo, 1755,  e ainda a colocação de uma placa sinalizadora.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1689/requerimento__028.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1689/requerimento__028.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a continuação da pavimentação com bloquete intertravado ao lado CE 123, trecho da Fort Água até o Mercantil Nossa Senhora de Fátima, no Distrito de Viçosa, na Cidade de Fortim.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1690/requerimento_029.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1690/requerimento_029.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a viabilidade para a capina, limpeza e retirada de entulhos da Rua Raimundo Bala, também conhecida como Rua da Verdura. Além disso, solicito a viabilidade para a instalação de lixeiras na praça localizada nesta rua.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1691/requerimento_030.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1691/requerimento_030.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a viabilidade para a capina, limpeza e retirada de entulhos da rua que dá acesso à Escola Edson Barbosa, situada no Distrito de Guajirú.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1692/requerimento_031.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1692/requerimento_031.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a viabilidade da manutenção, em caráter de urgência, do poste de iluminação pública da rua Maria Nunes, pois encontra-se sem iluminação.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1695/requerimento_032.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1695/requerimento_032.2024.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma audiência pública com a Cagece, com o propósito de discutir os serviços prestados pela empresa no Município de Fortim.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1697/requerimento_033.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1697/requerimento_033.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a viabilidade da manutenção, em caráter de urgência, para a instalação da cabeça receptora da lâmpada no poste localizado na Travessa Mateus Monteiro, ao lado do Ginásio Rafael, no Distrito do Pontal de Maceió.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1698/requerimento_034.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1698/requerimento_034.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a viabilidade para a instalação de piso intertravado na rua José Rodrigues, localizada na Sede do Município de Fortim.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1700/requerimento_035.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1700/requerimento_035.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como a Secretária Municipal de Educação, Sra. Ivoneide Araújo Rodrigues, a disponibilização do fardamento escolar completo para todas as crianças da rede municipal de ensino. Reiterando a Indicação nº 012/2023, de autoria do Vereador Marcos Cavalcante de Souza, aprovada por esta Casa no dia 23 de agosto de 2023.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1701/req_036.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1701/req_036.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que sejam realizados serviços de terraplanagem e cascalhamento compactado em toda a extensão da Rua Manuel Alves Teixeira. Requeiro também que seja estudada a possibilidade de pavimentação da referida rua.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1702/requerimento_037.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1702/requerimento_037.2024.pdf</t>
   </si>
   <si>
     <t>Requer o Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como a Secretária Municipal de Educação, Sra. Ivoneide Araújo Rodrigues, a viabilidade financeira e logística para atender o serviço de transporte escolar interno para às crianças do Pontal de Maceió até as escolas.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1703/requerimento_038.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1703/requerimento_038.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, junto a CAGECE, que seja feita a ampliação da rede de abastecimento de água da Travessa Maria Nunes, finalizando na Rua Raimundo Bala, localizada na Cidade de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1704/requerimento_039.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1704/requerimento_039.2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício, à Executiva da ENEL, que trata de assuntos relacionados ao Município de Fortim/Ceará, solicitando a presença de representantes da ENEL. O convite visa que eles compareçam em uma sexta-feira, às 18:00 h, durante a Sessão da Câmara de Vereadores de Fortim, para apresentar quais medidas estão sendo tomadas para combater os frequentes furtos de cabos da rede elétrica que fornece energia para a cidade de Fortim e quais ações estão sendo implementadas para resolver os problemas de oscilações na rede elétrica em alguns pontos da cidade.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1705/requerimento_040.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1705/requerimento_040.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a construção de um posto de saúde no local da antiga escola da Barra.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1706/requerimento_041.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1706/requerimento_041.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a substituição da pavimentação atual, composta por pedras toscas, pelo piso intertravado na rua Maria Luiza, situada na sede do Município de Fortim.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1707/requerimento_042.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1707/requerimento_042.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a implantação de um poste com luminária de Led na entrada da Rua Santa Rosa, ao lado da CE 123, no centro do Município de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1708/requerimento_043.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1708/requerimento_043.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a implantação de pavimentação com bloquete de concreto intertravado no entorno da Areninha Elias Ciriaco da Costa, localizada no Barro Vermelho, no Município de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1709/requerimento_044.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1709/requerimento_044.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, bem como a Secretaria Municipal de Desenvolvimento Urbano, estudos a fim de viabilizar obras de drenagem no entorno da construção da areninha Raimundo Teixeira de oliveira, no distrito de Guajiru.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1710/requerimento_045.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1710/requerimento_045.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Esportes, Juventude e Lazer, Sr. Amadeu Félix Barboza Filho, a construção/disponibilização de um espaço para funcionamento de um DOJO na sede do Município, local em que as crianças, adolescentes e adultos possam treinar artes marciais.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1711/requerimento_046.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1711/requerimento_046.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que seja providenciado o calçamento para o Córrego de Maceió, seja com asfalto ou paralelepípedos, conforme for mais adequado para o local.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1718/req_047.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1718/req_047.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Francisco Quintino Vieira Neto, Superintendente da SOP - Superintendência de Obras Públicas, providências urgentes para a correção do buraco localizado próximo à quadra de esportes do Distrito de Guajiru, nas imediações da curva, na CE 123, no Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1719/requerimento_048.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1719/requerimento_048.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, providências para a construção de uma nova Unidade Básica de Saúde – UBS – Sede I, no espaço existente entre o Hospital Municipal de Fortim Dr. Waldemar Alcântara e o Centro de Fisioterapia, no centro do Município de Fortim, Ceará.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1720/requerimento_049.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1720/requerimento_049.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a pavimentação em bloquetes intertravados ou paralelepípedos na Travessa Cícero Teixeira, no Município de Fortim.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1723/requerimento_050.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1723/requerimento_050.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, providências para a implantação de ondulações transversais, popularmente chamadas de lombadas ou quebra-molas, no início da Rua Izabel Quinino e no início da Rua Áurea Oliveira dos Santos, ambas localizadas no Distrito de Viçosa, no Município de Fortim, Ceará.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1727/requerimento_051.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1727/requerimento_051.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, providências para a ampliação lateral da marquise da fachada frontal do Hospital Municipal Dr. Waldemar Alcântara, no Município de Fortim, Ceará.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1729/requerimento_052.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1729/requerimento_052.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que sejam realizados serviços de terraplanagem e cascalhamento compactado em toda a extensão da localidade de Coqueirinho, passando pela localidade de Carnaubinha até a localidade de Mamoeiro. Devido às fortes chuvas, os acessos a essas localidades ficaram comprometidos.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1731/requerimento_053.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1731/requerimento_053.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que sejam realizados serviços de terraplanagem e cascalhamento compactado em toda a extensão da rua que dá acesso à Pousada Stella Cadente e que fica em frente à Barraca Miramar. Esta rua é uma das vias de acesso para quem deseja apreciar o pôr do sol, situada no Distrito de Pontal de Maceió. Requeiro também que seja estudada a possibilidade de pavimentação da referida rua.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1730/requerimento_054.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1730/requerimento_054.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, para que junto à CAGECE, seja feita a ampliação de aproximadamente 150 (cento e cinquenta) metros da rede de abastecimento de água, que irá beneficiar moradores de duas residências da Rua João Xavier e outras pessoas que pretendem construir residências com a chegada da rede de abastecimento de água na rua em questão, localizada no Distrito de Viçosa, ao lado da CE 040, na cidade de Fortim/CE.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1732/requerimento_055.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1732/requerimento_055.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, bem como a Secretaria Municipal de Desenvolvimento Urbano, estudos técnicos para implantação de piso intertravado bem como melhorias urgentes no acesso a Rua João Braga Monteiro em Pontal de Maceió.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1733/requerimento_056.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1733/requerimento_056.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, bem como a Secretaria Municipal de Desenvolvimento Urbano, estudos a fim de viabilizar a recuperação do acesso à praia do Pontal de Maceió, especificamente nas imediações da Barraca Canto Verde.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1737/requerimento_057.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1737/requerimento_057.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que sejam realizados serviços de terraplenagem e cascalhamento compactado em toda a extensão da estrada que liga a localidade de Tanques, começando da casa da Dona Osmira até a localidade de Tapuio.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1738/requerimento_058.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1738/requerimento_058.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a ampliação da pavimentação da Rua Raimundo Bala (Rua da Verdura), no trecho sem pavimentação, até a CE 040, bem como a implantação de manilhas no entorno para a drenagem pluvial. Durante a época de chuvas, o local em questão acumula muita água, causando transtornos para os moradores da Rua Raimundo Bala, no Município de Fortim, Ceará.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1739/requerimento_059.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1739/requerimento_059.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, estudos técnicos para a revitalização (ampliação e reforma) do parquinho infantil localizado ao lado da Rua Carolina Miranda, em frente ao Cemitério do Distrito Pontal de Maceió, no Município de Fortim, Ceará. A revitalização deverá contemplar a instalação de iluminação com lâmpadas de LED, melhoria estrutural, implantação de piso emborrachado e intertravado, projeto paisagístico e colocação de bancos.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1740/requerimento_060.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1740/requerimento_060.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, que envide seus esforços no sentido de conseguir a vinda da Unidade Pet Ceará Móvel para o Município de Fortim, para promover a castração gratuita de cães e gatos, assim como a doação de coleiras antirrábicas na cidade, junto à Secretaria de Proteção Animal do Estado, que já tem promovido a referida ação em diversos municípios.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1741/requerimento_061.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1741/requerimento_061.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, a intermediação do Governo Municipal junto ao Centro Vocacional Tecnológico (CVT) de Fortim, vinculado ao Instituto Centro de Ensino Tecnológico (CENTEC), para a construção de um Hotel Escola.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1746/requerimento_062.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1746/requerimento_062.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como à Secretária Municipal de Saúde, Sra. Katiane Godim da Costa, que seja analisada a viabilidade da reforma, ampliação e climatização do CAPS – Centro de Atenção Psicossocial, localizado na comunidade de Capim Açú, no Centro de Fortim, Ceará.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1749/requerimento_063.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1749/requerimento_063.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, bem como à Secretaria Municipal de Desenvolvimento Urbano, a limpeza dos bueiros da comunidade do Gurguri.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1750/requerimento_064.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1750/requerimento_064.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, bem como à Secretaria Municipal de Desenvolvimento Urbano, a limpeza e capinagem do cemitério da comunidade do Gurguri.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1751/requerimento_065.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1751/requerimento_065.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, bem como à Secretaria Municipal de Desenvolvimento Urbano, estudos técnicos para implantação de piso intertravado na Rua Aquino Sabino Pereira, no centro de Fortim.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1771/requerimento_066.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1771/requerimento_066.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a retirada do tambor de lixo que se encontra na calçada de uma residência situada na Rua Francisco Augustinho, no Município de Fortim.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1776/requerimento_067.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1776/requerimento_067.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa e ao Secretário Municipal de Turismo e Cultura, Sr. Flávio Marcelo Barbosa Pinto, a instalação de placas informativas e esteticamente atraentes nos principais pontos turísticos de Fortim. Inspirados em destinos turísticos renomados como Jericoacoara e Fleixeiras, propomos a criação de placas que não apenas ofereçam informações históricas e culturais, mas também apresentem um design visualmente atraente, ideal para fotos e compartilhamento nas redes sociais, com ênfase especial na orla do Rio Jaguaribe, um dos principais atrativos turísticos da nossa cidade, dos quais mapeamos e indicamos os pontos baixos, sem prejuízo de outros, os quais sejam: Canto da Barra; Pôr do Sol – Rio Jaguaribe; Canal do Amor, Pedra do Chapéu; Igreja Nossa Senhora do Amparo; Porto das Conchas; e, Jardim.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1781/requerimento_068.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1781/requerimento_068.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário Municipal de Turismo e Cultura, Sr. Flávio Marcelo Barbosa Pinto, a implementação de um Calendário Anual de Eventos para o Município de Fortim, com o objetivo de promover e valorizar a rica cultura local durante todo o ano, com ênfase especial nos períodos de baixa temporada.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1785/requerimento_069.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1785/requerimento_069.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, a pavimentação asfáltica ou em piso intertravado nas ruas Joaquim Mota, José Rodrigues e Maria Nunes, tomando como exemplo as melhorias realizadas nas ruas do entorno do Capim-Açu.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1786/requerimento_070.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1786/requerimento_070.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, estudos a fim de viabilizar ampliação da rede de água para rua São José - Centro.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1789/requerimento_071.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1789/requerimento_071.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que realizem a ampla publicidade da Lei Municipal nº 790/2021, que proíbe queimadas em terrenos baldios e áreas urbanas, por meio da instalação de placas indicativas nesses terrenos. Solicita-se, ainda, que seja realizada a divulgação das datas de recolhimento de lixo e entulhos em todas as localidades do município.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1790/requerimento_072.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1790/requerimento_072.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que dentro da viabilidade financeira e orçamentária, providenciem a instalação de pontos de coleta de lixo ou lixeiras nas descidas e vias de acesso à orla do rio, visando evitar o acúmulo de lixo deixado pelos frequentadores na orla litorânea.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1793/requerimento_073.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1793/requerimento_073.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como ao Secretário Municipal de Esporte, Juventude e Lazer, Sr. Amadeu Félix Barboza Filho, que, dentro da viabilidade financeira e orçamentária, desenvolvam e implementem um aplicativo para o controle e gestão do uso das areninhas municipais. O aplicativo deverá ser gerido pela Secretaria de Esportes, permitindo que os horários já preenchidos fiquem disponíveis para consulta dos usuários, além de cadastrar os responsáveis pela utilização do espaço, garantindo o cuidado com o local como condição para a liberação do uso. A utilização do espaço deverá ser confirmada mediante a disponibilidade do horário e a prévia comunicação, conforme previsto na própria Constituição Federal no que tange à utilização de bens públicos e uso comum do povo.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_074.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_074.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, que, dentro das possibilidades financeiras do Município, seja construída uma Capela Mortuária no Cemitério São Pedro, localizado na sede deste Município, ou em outro local adequado.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1798/requerimento_075.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1798/requerimento_075.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que sejam tomadas as providências devidas para viabilizar a reforma da quadra da localidade de Barro Vermelho.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1799/requerimento_076.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1799/requerimento_076.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, à Secretária de Assistência Social, Trabalho e Cidadania, Sra. Telma Cesário de Araújo, e à Secretária de Saúde, Sra. Katiane Gondim da Costa, que sejam tomadas as providências devidas para viabilizar a ampliação dos atendimentos dos especialistas do Projeto Jangada para atendimento da maior quantidade de crianças.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1804/requerimento_077.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1804/requerimento_077.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que, dentro da viabilidade financeira e orçamentária, seja realizada a pavimentação de toda a Vila Mota e do entorno da quadra de esportes, na localidade de Guajiru, com a colocação de piso intertravado, a implantação de um parquinho na lateral da quadra e a execução de jardinagem.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1805/requerimento_078.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1805/requerimento_078.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como a Secretária Municipal de Assistência Social, Trabalho e Cidadania, Sra. Telma Cesário de Araújo, o cadastramento de artesãos, bem como a capacitação e o fomento às atividades realizadas no centro da cidade por meio do CRAS.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1809/requerimento_079.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1809/requerimento_079.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, a ampliação dos serviços de convivência do CRAS, por meio da Secretaria Municipal de Assistência Social, Trabalho e Cidadania, com atuação itinerante nas localidades mais distantes da sede do município, utilizando técnicos capacitados para realizar os atendimentos.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1803/requerimento_080.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1803/requerimento_080.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que, dentro da viabilidade financeira e orçamentária, seja realizada a substituição da iluminação pública na Rua José Barbosa, com a troca das lâmpadas existentes por iluminação de LED, atendendo à demanda da comunidade local.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_081.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_081.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, que, junto à Companhia de Água e Esgoto do Ceará (CAGECE), seja feita a implantação de rede de abastecimento de água na rua conhecida popularmente como Rua Jatobás, localizada no Distrito de Barra, Município de Fortim – Ceará.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1808/requerimento_082.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1808/requerimento_082.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, que, junto à Companhia de Água e Esgoto do Ceará (CAGECE), seja feita a implantação de rede de abastecimento de água na rua conhecida popularmente como Rua das Mangueiras, localizada no Distrito de Barra, Município de Fortim – Ceará.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1810/requerimento_083.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1810/requerimento_083.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que, dentro da viabilidade financeira e orçamentária, sejam instalados novos tachões ou redutores de velocidade na Rua Geraldo Cândido, especificamente na estrada que dá acesso ao Pontal.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1811/requerimento_084.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1811/requerimento_084.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como a Secretária Municipal de Saúde, Sra. Katiane Gondim da Costa, a garantia da atenção integral à saúde dos alunos no âmbito do Programa Saúde nas Escolas (PSE), por meio de ações de prevenção, atenção e à saúde nas escolas públicas do Município de Fortim/CE.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_n085.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_n085.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como a Secretária Municipal de Saúde, Sra. Katiane Gondim da Costa, que, dentro da viabilidade financeira e orçamentária, seja realizada a aquisição de materiais e equipamentos de fisioterapia para fortalecer o atendimento fisioterapêutico no Município de Fortim, abrangendo tanto a área domiciliar quanto o suporte à terapia ocupacional.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1826/requerimento_086.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1826/requerimento_086.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Naselmo de Sousa Ferreira, os serviços de roçagem, capinagem e terraplenagem da Rua Maria Deleide Ferreira, localizada na cidade de Fortim/Ceará.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1829/requerimento_087.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1829/requerimento_087.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, bem como a Secretaria Municipal de Desenvolvimento Urbano, estudos para viabilizar a construção de quadras multiuso para práticas esportivas nas localidades da Barra, Pontal de Maceió, Jardim e demais áreas onde for possível.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1830/requerimento_088.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1830/requerimento_088.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim, que adote as providências necessárias junto aos Governos Estadual e Federal para viabilizar a dragagem do Rio Jaguaribe.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1833/requerimento_089.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1833/requerimento_089.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que, dentro da viabilidade financeira e orçamentária, seja realizada a instalação de redutores de velocidade, como lombadas ou tachões, na Rua Vicente Silvano, no Pontal de Maceió, especificamente nos seguintes pontos: 1. Antes da Escola Emília Queiroz; 2. Após a Igreja Bela Vista, próximo à esquina.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1861/090.2024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1861/090.2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE, Sr. Naselmo de Sousa Ferreira, bem como ao Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, que sejam realizados serviços de terraplanagem e cascalhamento compactado em toda a extensão da Rua Maria Gondim Camelo, localizada no centro do Município de Fortim.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>REQV</t>
   </si>
   <si>
     <t>Requerimento Verbal</t>
   </si>
   <si>
     <t>Requer que seja realizada uma Sessão Extraordinária logo após o término desta, dispensados os interstícios regimentais, para discussão e votação do Projeto de Lei nº 002/2024, de autoria do Poder Executivo Municipal, que tramita em regime de urgência nesta Casa.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>Requer que seja realizada uma Sessão Extraordinária logo após o término desta, dispensados os interstícios regimentais, para discussão e votação do Projeto de Lei nº 003/2024, de autoria do Poder Executivo Municipal, que tramita em regime de urgência nesta Casa.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
@@ -2838,67 +2838,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1653/parecer_previo_012.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1780/parecer_previo_tce_-_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1862/plc_001.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1629/pl_001.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1634/pl_002.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1658/pl_003.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1669/pl_004.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1670/pl_005.2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1671/pl_006.2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1674/pl_007.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1696/pl_008.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1716/pl_009.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1767/pl_010.2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1772/pl_011.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1773/pl_012.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1775/pl_013.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1777/projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1784/pl_015.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1802/pl_016.2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1828/projeto_de_lei_n017.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1834/pl_018.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1858/019.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1859/020.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1860/021.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1630/pl_001.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1631/pl_002.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1643/pl_003.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1644/pl_004.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1651/pl_005.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1673/pl_006.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1680/projeto_de_lei_007.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1679/projeto_de_lei_008.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1683/projeto_de_lei_009.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1684/projeto_de_lei_010.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1685/projeto_de_lei_011.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1686/projeto_de_lei_012.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1694/projeto_de_lei_013.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1724/projeto_de_lei_014.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1725/projeto_de_lei_015.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1736/projeto_de_lei_016.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1743/projeto_de_lei_017.2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1742/projeto_de_lei_018.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1752/projeto_de_lei_019.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1753/projeto_de_lei_020.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1754/projeto_de_lei_021.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1755/projeto_de_lei_022.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1756/projeto_de_lei_023.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1759/projeto_de_lei_024.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1757/projeto_de_lei_025.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1758/projeto_de_lei_026.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1760/projeto_de_lei_027.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1761/projeto_de_lei_028.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1762/projeto_de_lei_029.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1763/projeto_de_lei_030.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1764/projeto_de_lei_031.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1765/projeto_de_lei_032.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1766/projeto_de_lei_033.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1774/projeto_de_lei_034.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1797/projeto_de_lei_035.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1800/projeto_de_lei_036.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1827/projeto_de_lei_037.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1831/projeto_de_lei_038.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1835/projeto_de_lei_039.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1843/projeto_de_lei_040.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1844/projeto_de_lei_041.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1845/projeto_de_lei_042.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1846/projeto_de_lei_043.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1847/projeto_de_lei_044.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1848/projeto_de_lei_045.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1849/projeto_de_lei_046.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1850/projeto_de_lei_047.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1851/projeto_de_lei_048.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1852/projeto_de_lei_049.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1853/projeto_de_lei_050.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1854/projeto_de_lei_051.2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1855/projeto_de_lei_052.2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1857/projeto_de_lei_053.2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1632/pdl_001.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1688/pdl_002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1796/projeto_de_decreto_legislativo_003.2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1813/004.2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1814/005.2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1819/006.2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1815/007.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1821/008.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1822/009.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1820/010.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1823/011.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1824/012.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1825/013.2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1792/001.2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_001.2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1656/indicacao_002.2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1657/indicacao_003.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1693/indicacao_004.2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1726/indicacao_005.2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1734/indicacao_006.2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1735/indicacao_007.2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1745/indicacao_008.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1747/indicacao_009.2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1748/indicacao_010.2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1768/indicacao_011.2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1769/indicacao_012.2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1770/indicacao_013.2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1782/indicacao_014.2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1783/indicacao_015.2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1788/indicacao_016.2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1795/indicacao_017.2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1635/mocao_de_pesar_001.2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1637/mocao_de_pesar_002.2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1639/mocao_de_pesar_003.2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1642/mocao_de_pesar_004.2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1668/mocao_de_pesar_005.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1681/006.2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1682/007.2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1712/008.2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1713/mocao_de_pesar_009.2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1714/010.2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1715/mocao_de_pesar_011.2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1721/mocao_de_pesar_012.2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1722/mocao_de_pesar_013.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1728/mocao_de_pesar_014.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1778/mocao_de_pesar_015.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1779/mocao_de_pesar_016.2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1787/mocao_de_pesar_017.2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1744/apauso_e_congratulacao_001.2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1623/requerimento_001.2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1624/req_002.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1625/requerimento_003.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1626/requerimento_004.2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1628/requerimento_005.2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1633/requerimento_006.2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1636/requerimento_007.2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1640/requerimento_008.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1641/requerimento_009.2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1645/requerimento_010.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1647/requerimento_011.2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1648/requerimento_012.2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1649/requerimento_013.2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1650/requerimento_014.2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1652/requerimento_015.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1654/requerimento_016.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1655/requerimento_017.2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1659/req_18.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1662/requerimento_019.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1664/requerimento__0202024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1665/requerimento_021.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1666/requerimento_022.2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1667/requerimento_023.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1675/requerimento_024.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1677/requerimento_025.2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1678/requerimento_026.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1687/requerimento_027.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1689/requerimento__028.2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1690/requerimento_029.2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1691/requerimento_030.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1692/requerimento_031.2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1695/requerimento_032.2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1697/requerimento_033.2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1698/requerimento_034.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1700/requerimento_035.2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1701/req_036.2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1702/requerimento_037.2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1703/requerimento_038.2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1704/requerimento_039.2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1705/requerimento_040.2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1706/requerimento_041.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1707/requerimento_042.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1708/requerimento_043.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1709/requerimento_044.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1710/requerimento_045.2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1711/requerimento_046.2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1718/req_047.2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1719/requerimento_048.2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1720/requerimento_049.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1723/requerimento_050.2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1727/requerimento_051.2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1729/requerimento_052.2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1731/requerimento_053.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1730/requerimento_054.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1732/requerimento_055.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1733/requerimento_056.2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1737/requerimento_057.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1738/requerimento_058.2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1739/requerimento_059.2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1740/requerimento_060.2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1741/requerimento_061.2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1746/requerimento_062.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1749/requerimento_063.2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1750/requerimento_064.2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1751/requerimento_065.2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1771/requerimento_066.2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1776/requerimento_067.2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1781/requerimento_068.2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1785/requerimento_069.2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1786/requerimento_070.2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1789/requerimento_071.2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1790/requerimento_072.2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1793/requerimento_073.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_074.2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1798/requerimento_075.2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1799/requerimento_076.2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1804/requerimento_077.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1805/requerimento_078.2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1809/requerimento_079.2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1803/requerimento_080.2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_081.2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1808/requerimento_082.2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1810/requerimento_083.2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1811/requerimento_084.2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_n085.2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1826/requerimento_086.2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1829/requerimento_087.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1830/requerimento_088.2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1833/requerimento_089.2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1861/090.2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1653/parecer_previo_012.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1780/parecer_previo_tce_-_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1862/plc_001.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1629/pl_001.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1634/pl_002.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1658/pl_003.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1669/pl_004.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1670/pl_005.2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1671/pl_006.2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1674/pl_007.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1696/pl_008.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1716/pl_009.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1767/pl_010.2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1772/pl_011.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1773/pl_012.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1775/pl_013.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1777/projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1784/pl_015.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1802/pl_016.2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1828/projeto_de_lei_n017.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1834/pl_018.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1858/019.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1859/020.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1860/021.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1630/pl_001.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1631/pl_002.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1643/pl_003.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1644/pl_004.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1651/pl_005.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1673/pl_006.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1680/projeto_de_lei_007.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1679/projeto_de_lei_008.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1683/projeto_de_lei_009.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1684/projeto_de_lei_010.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1685/projeto_de_lei_011.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1686/projeto_de_lei_012.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1694/projeto_de_lei_013.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1724/projeto_de_lei_014.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1725/projeto_de_lei_015.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1736/projeto_de_lei_016.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1743/projeto_de_lei_017.2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1742/projeto_de_lei_018.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1752/projeto_de_lei_019.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1753/projeto_de_lei_020.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1754/projeto_de_lei_021.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1755/projeto_de_lei_022.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1756/projeto_de_lei_023.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1759/projeto_de_lei_024.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1757/projeto_de_lei_025.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1758/projeto_de_lei_026.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1760/projeto_de_lei_027.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1761/projeto_de_lei_028.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1762/projeto_de_lei_029.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1763/projeto_de_lei_030.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1764/projeto_de_lei_031.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1765/projeto_de_lei_032.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1766/projeto_de_lei_033.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1774/projeto_de_lei_034.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1797/projeto_de_lei_035.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1800/projeto_de_lei_036.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1827/projeto_de_lei_037.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1831/projeto_de_lei_038.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1835/projeto_de_lei_039.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1843/projeto_de_lei_040.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1844/projeto_de_lei_041.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1845/projeto_de_lei_042.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1846/projeto_de_lei_043.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1847/projeto_de_lei_044.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1848/projeto_de_lei_045.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1849/projeto_de_lei_046.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1850/projeto_de_lei_047.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1851/projeto_de_lei_048.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1852/projeto_de_lei_049.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1853/projeto_de_lei_050.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1854/projeto_de_lei_051.2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1855/projeto_de_lei_052.2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1857/projeto_de_lei_053.2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1632/pdl_001.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1688/pdl_002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1796/projeto_de_decreto_legislativo_003.2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1813/004.2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1814/005.2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1819/006.2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1815/007.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1821/008.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1822/009.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1820/010.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1823/011.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1824/012.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1825/013.2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1792/001.2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_001.2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1656/indicacao_002.2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1657/indicacao_003.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1693/indicacao_004.2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1726/indicacao_005.2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1734/indicacao_006.2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1735/indicacao_007.2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1745/indicacao_008.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1747/indicacao_009.2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1748/indicacao_010.2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1768/indicacao_011.2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1769/indicacao_012.2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1770/indicacao_013.2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1782/indicacao_014.2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1783/indicacao_015.2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1788/indicacao_016.2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1795/indicacao_017.2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1635/mocao_de_pesar_001.2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1637/mocao_de_pesar_002.2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1639/mocao_de_pesar_003.2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1642/mocao_de_pesar_004.2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1668/mocao_de_pesar_005.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1681/006.2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1682/007.2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1712/008.2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1713/mocao_de_pesar_009.2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1714/010.2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1715/mocao_de_pesar_011.2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1721/mocao_de_pesar_012.2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1722/mocao_de_pesar_013.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1728/mocao_de_pesar_014.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1778/mocao_de_pesar_015.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1779/mocao_de_pesar_016.2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1787/mocao_de_pesar_017.2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1744/apauso_e_congratulacao_001.2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1623/requerimento_001.2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1624/req_002.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1625/requerimento_003.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1626/requerimento_004.2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1628/requerimento_005.2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1633/requerimento_006.2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1636/requerimento_007.2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1640/requerimento_008.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1641/requerimento_009.2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1645/requerimento_010.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1647/requerimento_011.2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1648/requerimento_012.2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1649/requerimento_013.2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1650/requerimento_014.2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1652/requerimento_015.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1654/requerimento_016.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1655/requerimento_017.2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1659/req_18.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1662/requerimento_019.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1664/requerimento__0202024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1665/requerimento_021.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1666/requerimento_022.2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1667/requerimento_023.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1675/requerimento_024.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1677/requerimento_025.2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1678/requerimento_026.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1687/requerimento_027.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1689/requerimento__028.2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1690/requerimento_029.2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1691/requerimento_030.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1692/requerimento_031.2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1695/requerimento_032.2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1697/requerimento_033.2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1698/requerimento_034.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1700/requerimento_035.2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1701/req_036.2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1702/requerimento_037.2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1703/requerimento_038.2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1704/requerimento_039.2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1705/requerimento_040.2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1706/requerimento_041.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1707/requerimento_042.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1708/requerimento_043.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1709/requerimento_044.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1710/requerimento_045.2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1711/requerimento_046.2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1718/req_047.2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1719/requerimento_048.2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1720/requerimento_049.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1723/requerimento_050.2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1727/requerimento_051.2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1729/requerimento_052.2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1731/requerimento_053.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1730/requerimento_054.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1732/requerimento_055.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1733/requerimento_056.2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1737/requerimento_057.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1738/requerimento_058.2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1739/requerimento_059.2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1740/requerimento_060.2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1741/requerimento_061.2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1746/requerimento_062.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1749/requerimento_063.2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1750/requerimento_064.2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1751/requerimento_065.2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1771/requerimento_066.2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1776/requerimento_067.2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1781/requerimento_068.2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1785/requerimento_069.2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1786/requerimento_070.2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1789/requerimento_071.2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1790/requerimento_072.2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1793/requerimento_073.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_074.2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1798/requerimento_075.2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1799/requerimento_076.2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1804/requerimento_077.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1805/requerimento_078.2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1809/requerimento_079.2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1803/requerimento_080.2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_081.2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1808/requerimento_082.2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1810/requerimento_083.2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1811/requerimento_084.2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_n085.2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1826/requerimento_086.2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1829/requerimento_087.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1830/requerimento_088.2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1833/requerimento_089.2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2024/1861/090.2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H231"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>