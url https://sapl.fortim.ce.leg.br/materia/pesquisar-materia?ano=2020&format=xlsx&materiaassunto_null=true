--- v0 (2025-10-17)
+++ v1 (2026-03-12)
@@ -54,774 +54,774 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Gerardo Correia da Silva Júnior, Igor Ciríaco da Costa, Orlando da Costa Oliveira, Sipião Nogueira Filho</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/330/plc_001.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/330/plc_001.2020.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III da Lei Complementar nº 011/2014, que dispõe sobre a Reestruturação e a Reforma Administrativa da Câmara Municipal de Fortim, para fixar o vencimento mínimo dos servidores públicos do Poder Legislativo de Fortim.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/336/002.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/336/002.2020.pdf</t>
   </si>
   <si>
     <t>Altera o anexo III da Lei Complementar nº 011/2014, que dispõe sobre a reestruturação e a reforma administrativa da Câmara Municipal de Fortim, para fixar o vencimento mínimo dos servidores públicos do Poder Legislativo de Fortim.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/341/plc_003.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/341/plc_003.2020.pdf</t>
   </si>
   <si>
     <t>Altera o anexo III da Lei Complementar nº 011/2014, que dispõe sobre a reestruturação e a reforma administrativa da Câmara Municipal de Fortim.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/328/001.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/328/001.2020.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional ao vigente orçamento, o crédito especial que indica e dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/329/002.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/329/002.2020.pdf</t>
   </si>
   <si>
     <t>Fixa o vencimento mínimo dos servidores públicos do Município de Fortim, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/331/03.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/331/03.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse de R$ 160.600,00 (cento e sessenta mil e seiscentos reais)em onze parcelas iguais, com vencimento no final de cada mês, para a suporte financeiro ao Sistema de Saúde Vicentina Margarida Naseau (Hospital Santa Luisa de Marilac), sediado em Aracati/CE, na forma que indica e da outras providências.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/332/04.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/332/04.2020.pdf</t>
   </si>
   <si>
     <t>Altera com reajuste de 12,84% (doze vírgula oitenta e quatro por cento), respectivamente, os anexos V e VII, da Lei Municipal nº 265/2006, com as modificações já introduzidas pelas leis municipais nºs 306/2008, 331/2009, 590/2016 e 630/2017, que estabelecem as tabelas vencimentais dos professores do Município de Fortim, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/333/05.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/333/05.2020.pdf</t>
   </si>
   <si>
     <t>Fixa o vencimento minimo dos servidores públicos do Município de Fortim, na forma que indica e da outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/334/006.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/334/006.2020.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Municipal nº 740/2019, de 12 de novembro de 2019, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/335/007.2020_BLzVAmL.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/335/007.2020_BLzVAmL.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Regime Próprio de Previdência Social do Município de Fortim/CE, estabelecido na Lei Municipal nº 234, de 22 de março de 2005, e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/344/projeto_de_lei_008.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/344/projeto_de_lei_008.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária Anual para 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/349/009.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/349/009.2020.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção e Combate aos efeitos da COVID-19, com distribuição de Álcool gel 70% e Máscaras Caseiras e dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/364/010.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/364/010.2020.pdf</t>
   </si>
   <si>
     <t>Desafeta parte de bem público, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/369/011.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/369/011.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre ações emergenciais destinadas ao setor cultural a serem adotadas durante o estado de calamidade pública, com amparo na Lei Federal n° 14.017, de 29 de junho de 2020, Aldir Blanc de Emergência Cultural em face a Covid -19, neste Município</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/481/012.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/481/012.2020.pdf</t>
   </si>
   <si>
     <t>Abre adicional ao vigente orçamento, o crédito especial que indica e dá outras providências.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/661/014.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/661/014.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Parcelamento de Débitos junto ao Conselho Regional de Farmácia do Ceará, inscrito no CNPJ de nº 07.288.905/0001-58, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Kath Anne Meira da Silva Simonassi</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/339/pl_001.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/339/pl_001.2020.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Fortinense ao Sr. Cleilson Barbosa Paulo, na forma que especifica.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>Daniel Joventino Rumão (Daniel do Toinho)</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/340/pl_002.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/340/pl_002.2020.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Fortinense que especifica.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/482/003.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/482/003.2020.pdf</t>
   </si>
   <si>
     <t>Proíbe o manuseio, a utilização, a queima e a soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no município de Fortim, e dá outras providências.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>Sipião Nogueira Filho</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/637/004.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/637/004.2020.pdf</t>
   </si>
   <si>
     <t>Ratifica a denominação da Praça localizada na Rua Francisco Nogueira Scipião em Viçosa, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/672/pl_005-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/672/pl_005-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de placas informando ser proibida a hospedagem de criança ou adolescente, salvo se autorizado ou acompanhado de seus pais ou responsáveis em hotéis, motéis, pousadas, pensões e estabelecimentos congêneres e dá outras providências.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>Orlando da Costa Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/673/pl_006-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/673/pl_006-2020.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Maria Pereira Martins a rua sem denominação oficial, e de Travessa Maria Pereira Martins a via adjacente, ambas localizadas na sede do Município de Fortim, conforme croqui em anexo.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/674/pl_007-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/674/pl_007-2020.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Esmeralda Gaudêncio, uma via sem denominação oficial, de Travessa Esmeralda Gaudêncio e Travessa Vila do Pontal, as respectivas vias localizadas em Pontal de Maceió, conforme croqui em anexo.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/675/008.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/675/008.2020.pdf</t>
   </si>
   <si>
     <t>Denomina oficializa a denominação de logradouro público de Rua Nossa Senhora do Amparo.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/676/pl_009-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/676/pl_009-2020.pdf</t>
   </si>
   <si>
     <t>Oficializa a denominação de logradouro público de Rua Mauro Cavalcante de Souza.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/677/pl_010-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/677/pl_010-2020.pdf</t>
   </si>
   <si>
     <t>Denomina a estrada que liga o distrito de Guajiru a Pontal de Maceió.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/342/001.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/342/001.2020.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Poder Legislativo do Município de Fortim o Ambiente Virtual de deliberação.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Carlos Alberto Scipião, Christian Chianca Pereira da Silva, Daniel Joventino Rumão (Daniel do Toinho), Flávio Cavalcante de Lima, Gerardo Correia da Silva Júnior, Igor Ciríaco da Costa, Kath Anne Meira da Silva Simonassi, Orlando da Costa Oliveira, Sipião Nogueira Filho</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/368/002.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/368/002.2020.pdf</t>
   </si>
   <si>
     <t>Cria a Procuradoria Especial da Mulher, acrescentando o título VI-A ao capítulo I, a resolução nº 001/2001, de 23 de novembro de 2001.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Christian Chianca Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/343/indicacao_001.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/343/indicacao_001.2020.pdf</t>
   </si>
   <si>
     <t>Sugere ao Senhor Prefeito Municipal a concessão de isenção da Contribuição de Iluminação Pública às unidades comerciais que estão impedidas de funcionar em virtude da emergência causada pela Pandemia do COVID-19.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/636/002.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/636/002.2020.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito Municipal a instituição do “Outubro Rosa”, mês dedicado à Prevenção do Câncer de Mama, no Município de Fortim e dá outras providências.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>MOCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/351/001.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/351/001.2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Antônio Ivoni Oliveira Melo.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/354/mocao_de_pesar_002.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/354/mocao_de_pesar_002.2020.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar a Sra. Geórgia da Silva Sousa, professora no município de Fortim, que recentemente veio a falecimento. Expressamos toda a nossa tristeza e comoção pela perda dessa grande mulher.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/350/001.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/350/001.2020.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação aos Bombeiros Civis de Fortim, pois os mesmos merecem reconhecimento pelo empenho e dedicação aos serviços prestados à população Fortinense nesse momento de pandemia.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/365/002.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/365/002.2020.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação, a todos que fazem a educação do nosso município pelo excelente resultado no SPAECE 2019.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/338/002.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/338/002.2020.pdf</t>
   </si>
   <si>
     <t>Solicita, com a maior brevidade possível, a poda das árvores na comunidade de Guajiru, a limpeza das ruas que estão necessitando de capina, bem como se faz necessário corte na grama da praça da localidade.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/346/003.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/346/003.2020.pdf</t>
   </si>
   <si>
     <t>Seja solicitado junto ao Excelentíssimo Senhor Prefeito Municipal de Fortim Naselmo Ferreira, bem como a Secretaria de Saúde, Sra. Maria Aldízia Rodrigues de Araújo, a realização de um levantamento das pessoas estrangeiras que residem no Município de Fortim, incluindo também os estrangeiros hospedados temporariamente, especificando a última vez que estiveram fora do Brasil, com fins de monitoramento.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/348/004.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/348/004.2020.pdf</t>
   </si>
   <si>
     <t>Solicita junto ao Excelentíssimo Senhor Prefeito Municipal de Fortim Naselmo Ferreira, com cópia ao ilustríssimo Secretario de Desenvolvimento Urbano, Sra. Francisco Ribeiro da Costa, com a maior brevidade possível, a manutenção da estrada da Capivara que liga Guajiru a essa localidade.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/347/005.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/347/005.2020.pdf</t>
   </si>
   <si>
     <t>Solicita que solicita ao Exmo. Sr. Prefeito Municipal de Fortim Naselmo Ferreira, com a maior brevidade possível, a implementação de outros meios de divulgação dos decretos expedidos em razão da pandemia causada pelo COVID-19, implementando também medidas de conscientização para que os munícipes passem a adequar-se ao que é exigido nos decretos, a fim de evitar a propagação do vírus</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Carlos Alberto Scipião</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/352/007.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/352/007.2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal de Fortim, providências para pavimentar a rampa de acesso para abastecimento de pequenas embarcações do porto de barcos do distrito de Viçosa, ao lado da barrada do Gilson, as margens do Rio Jaguaribe.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/353/008.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/353/008.2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal de Fortim, providências para substituição por lâmpadas led com maior potência as lâmpadas dos postes da rua Francisco Nogueira Scipião, no distrito de Viçosa, cidade de Fortim - Ceará.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/355/requerimento009-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/355/requerimento009-2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal de Fortim, providências para pavimentação asfáltica em diversas ruas do Distrito de Viçosa, na Cidade de Fortim - Ceará.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/356/requerimento010-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/356/requerimento010-2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal de Fortim, providências para pavimentação do tipo paralelepípedo ou pavimentação asfáltica na Rua Francisco Nogueira Scipião, no distrito de Viçosa, na cidade de Fortim – Ceará.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/357/011.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/357/011.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício e cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim-CE e ao Secretário de Obras, para procederem com o reparo imediato da estrada que liga Guajiru ao Pau D' Olho, bem como seja realizadas ações de limpeza na localidade de Guajiru.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/358/012.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/358/012.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício e cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim-CE e ao Secretário de Obras, para procederem com o reparo imediato da estrada que liga a localidade de Pedrinhas ao Pontal de Maceió.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/359/013.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/359/013.2020.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo notifique ao Banco do Brasil - Agência Fortim e inicie as tratativas para dar mais celeridade ao processo de transição para a nova agência, pois o atendimento na atual situação está precário.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/360/014.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/360/014.2020.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo notifique a Correspondente Bancário da Caixa Econômica Federal em nosso Município, para que eleve o valor-limite de todas as transações realizadas e que planeje uma forma de melhorar a qualidade dos serviços prestados por este Correspondente.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/361/015.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/361/015.2020.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo oficie a ENEL acerca das constantes faltas de energia em nosso Município.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/362/016.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/362/016.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado junto ao Excelentíssimo Senhor Prefeito Municipal de Fortim Naselmo Ferreira, com cópia ao ilustríssimo Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, com a maior brevidade possível, a limpeza da estrada do Guajirú, incluindo a poda das árvores, bem como a manutenção da iluminação pública da localidade.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Flávio Cavalcante de Lima</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/363/017.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/363/017.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado junto a Prefeitura Municipal de Fortim, bem como a Secretaria de Obras, a realização de terraplanagem na estrada que liga Guajiru á Tapuiu, neste Município.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/366/018.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/366/018.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja implantado no âmbito da Câmara Municipal de Fortim, a Procuradoria Especial da Mulher.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/367/019.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/367/019.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado junto ao Exmo. Sr. Prefeito Municipal de Fortim Naselmo de Sousa Ferreira] com cópia ao llmo. Secretario de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, com a maior brevidade possível, que seja realizado reparo na estrada da localidade da Brisa, abrangendo o trecho da Rua Manuel Monteiro a Rua Maria Camilo, bem como a limpeza da referida extensão.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/370/020.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/370/020.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício e cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim-CE e ao Secretário Municipal de Desenvolvimento Urbano, solicitando a pavimentação em blocos de concreto intertravado na Travessa Isabel Monteiro, na localidade da Barra, onde está localizada a Escola Comunitária da Barra, bem como a arborização urbana e paisagística do local, além da instalação de bancos no entorno da escola.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/477/021.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/477/021.2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal de Fortim-CE e ao Secretário Municipal de Desenvolvimento Urbano, a instalação de iluminação pública no Loteamento Guajiru, situado na localidade com o mesmo nome, mais especificamente no local conhecido como “Rua Nova”.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/638/022.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/638/022.2020.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Prefeito Municipal de Fortim-CE e ao Secretário Municipal de Desenvolvimento Urbano, a instalação de placas de sinalização turística em Pontal de Maceió, em especial no Mirante, local onde se aprecia o pôr do sol.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/662/023.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/662/023.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício e cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim-CE e ao Secretário Municipal de Desenvolvimento Urbano, solicitando a instalação de placas de sinalização, com ampla visibilidade, destinada a proibição de estacionamento de veículos no Mirante do Pôr do Sol em Pontal de Maceió, ou outra medida eficaz para conter o avanço dos veículos sobre as dunas.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/665/requerimento024-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/665/requerimento024-2020.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de ofício e cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim-CE e a Secretária de Educação, Juventude, Desporto e Lazer solicitando a implantação de escolas de tempo integral no Município do Fortim.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Gerardo Correia da Silva Júnior</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/666/requerimento_025.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/666/requerimento_025.2020.pdf</t>
   </si>
   <si>
     <t>Solicita à Agência do Banco Bradesco em Fortim a instalação de câmeras de segurança no interior e exterior da mesma, bem como a garantia de armazenamento das imagens captadas pelo mecanismo citado.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/667/requerimento_026.2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/667/requerimento_026.2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal de Fortim, providências para estudos de viabilidade para implantação de semáforos na sede da cidade de Fortim.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/668/requerimento_027-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/668/requerimento_027-2020.pdf</t>
   </si>
   <si>
     <t>Seja enviado cópia deste Requerimento ao Exmo. Prefeito Municipal de Fortim-CE, solicitando a interlocução do Executivo Municipal com o setor competente a fim de aprimorar a estrutura física do Terminal Rodoviário Conceição Chianca em Fortim/CE.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/669/requerimento_028-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/669/requerimento_028-2020.pdf</t>
   </si>
   <si>
     <t>Seja enviado ofício e cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim-CE e ao Secretário Municipal de Desenvolvimento Urbano, para que providencie junto à empresa responsável pela coleta de lixo municipal que inclua em sua rota a passagem regular para a coleta do lixo na Vila Mota, no Distrito de Guajiru, mais precisamente na rua por trás da quadra.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/670/requerimento_029-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/670/requerimento_029-2020.pdf</t>
   </si>
   <si>
     <t>Seja solicitado junto ao Exmo. Sr. Prefeito Municipal de Fortim-CE Naselmo Ferreira de Sousa, com cópia ao Ilmo. Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, com a maior brevidade possível, que seja realizada limpeza na rua localizada no entorno da Praça do Guajiru, bem como seja providenciada pavimentação para o trecho citado.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/671/requerimento030-2020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/671/requerimento030-2020.pdf</t>
   </si>
   <si>
     <t>Seja enviado ofício ao Exmo. Sr. Prefeito Municipal de Fortim Naselmo de Sousa Ferreira, bem como ao Ilmo. Secretário de Desenvolvimento Urbano, Sr. Francisco Ribeiro da Costa, solicitando o apoio na obra de extensão da rede de agua potável, na rua nova na Comunidade de Guajiru, disponibilizando uma escavadeira para escavar 250m de vala com 50m de profundidade. A fase de instalação da tubulação será realizada pelo SISAR.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>REQV</t>
   </si>
   <si>
     <t>Requerimento Verbal</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/</t>
+    <t>http://sapl.fortim.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Seja realizada uma sessão extraordinária, após o termino desta sessão ordinária, dispensando os interstícios regimentais para apreciação do Projeto de Lei nº 006/2020 – Oriundo do Executivo, que “Altera o anexo I da Lei Municipal nº 740/2019, de 12 de novembro de 2019, na forma que indica e dá outras providências”. E Projeto de Lei Complementar nº 002/2020, de autoria da Mesa Diretora do Legislativo Municipal, que “Altera o anexo III da Lei Complementar nº 011/2014, que dispõe sobre a reestruturação e a reforma administrativa da Câmara Municipal de Fortim, para fixar o vencimento mínimo dos servidores públicos do Poder Legislativo de Fortim.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>Seja realizada uma Sessão Extraordinária, após o término desta Sessão Ordinária, dispensando os interstícios regimentais para apreciação da Indicação nº 001/2020, de autoria de autoria do Vereador Christian Chianca Pereira da Silva, que sugere ao Senhor Prefeito a concessão de isenção na Contribuição de Iluminação Pública (CIP), instituída pela Lei Complementar nº 010/2013 (Código Tributário de Fortim) aos comerciantes impedidos de funcionar em virtude da emergência causada pela Pandemia do COVID-19.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>Solicita a tramitação do Projeto de Lei nº 014/2020 a pedido do Executivo Municipal em Regime de Urgência.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>Seja realizada uma sessão extraordinária, após o término desta sessão ordinária, dispensando os interstícios regimentais para apreciação do Projeto de Lei nº 014/2020 – Oriundo do Executivo, que “Autoriza o parcelamento de débitos junto ao Conselho Regional de Farmácia do Ceará, inscrito no CNPJ de nº 07.288.905/0001-58, na forma que indica e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
@@ -1146,68 +1146,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/330/plc_001.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/336/002.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/341/plc_003.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/328/001.2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/329/002.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/331/03.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/332/04.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/333/05.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/334/006.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/335/007.2020_BLzVAmL.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/344/projeto_de_lei_008.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/349/009.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/364/010.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/369/011.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/481/012.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/661/014.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/339/pl_001.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/340/pl_002.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/482/003.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/637/004.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/672/pl_005-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/673/pl_006-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/674/pl_007-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/675/008.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/676/pl_009-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/677/pl_010-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/342/001.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/368/002.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/343/indicacao_001.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/636/002.2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/351/001.2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/354/mocao_de_pesar_002.2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/350/001.2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/365/002.2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/338/002.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/346/003.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/348/004.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/347/005.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/352/007.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/353/008.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/355/requerimento009-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/356/requerimento010-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/357/011.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/358/012.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/359/013.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/360/014.2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/361/015.2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/362/016.2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/363/017.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/366/018.2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/367/019.2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/370/020.2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/477/021.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/638/022.2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/662/023.2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/665/requerimento024-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/666/requerimento_025.2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/667/requerimento_026.2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/668/requerimento_027-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/669/requerimento_028-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/670/requerimento_029-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/671/requerimento030-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/330/plc_001.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/336/002.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/341/plc_003.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/328/001.2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/329/002.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/331/03.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/332/04.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/333/05.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/334/006.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/335/007.2020_BLzVAmL.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/344/projeto_de_lei_008.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/349/009.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/364/010.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/369/011.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/481/012.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/661/014.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/339/pl_001.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/340/pl_002.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/482/003.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/637/004.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/672/pl_005-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/673/pl_006-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/674/pl_007-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/675/008.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/676/pl_009-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/677/pl_010-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/342/001.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/368/002.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/343/indicacao_001.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/636/002.2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/351/001.2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/354/mocao_de_pesar_002.2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/350/001.2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/365/002.2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/338/002.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/346/003.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/348/004.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/347/005.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/352/007.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/353/008.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/355/requerimento009-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/356/requerimento010-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/357/011.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/358/012.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/359/013.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/360/014.2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/361/015.2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/362/016.2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/363/017.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/366/018.2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/367/019.2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/370/020.2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/477/021.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/638/022.2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/662/023.2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/665/requerimento024-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/666/requerimento_025.2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/667/requerimento_026.2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/668/requerimento_027-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/669/requerimento_028-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/670/requerimento_029-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2020/671/requerimento030-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="236.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>