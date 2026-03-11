--- v0 (2025-10-17)
+++ v1 (2026-03-11)
@@ -54,2159 +54,2159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLEI</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/12/001.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/12/001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar pessoal por tempo determinado, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/44/002.2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/44/002.2017.pdf</t>
   </si>
   <si>
     <t>Fixa o vencimento mínimo dos servidores públicos do Município de Fortim, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/46/005.2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/46/005.2017.pdf</t>
   </si>
   <si>
     <t>Altera o caput do artigo 14 e seus incisos I e 11, assim como o § 7°, todos, da Lei Municipal nº 234, de 22 de março de 2005, que dispõe sobre a reestruturação do Regime Próprio de Previdência Social Municipal, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/486/006.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/486/006.pdf</t>
   </si>
   <si>
     <t>Proíbe a utilização de goma, maizena, farinha de trigo e similares durante o período do carnaval, no Município de Fortim, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/487/007.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/487/007.pdf</t>
   </si>
   <si>
     <t>Altera e Acrescenta dispositivos ao Anexo da Lei Municipal n°338/2009, consolidada pela Lei Municipal n°604/2016, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/567/008.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/567/008.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 510/2014, DE 22 DE ABRIL DE 2014, E READAPTA À REALIDADE LEGISLATIVA DA CONSOLIDAÇÃO DA LEGISLAÇÃO QUE TRATA DA ESTRUTURA ADMINISTRATIVA DO MUNiCíPIO DE FORTIM (LEI MUNICIPAL N° 604/2016, DE 29/08/2016), O ANEXO I, DA LEI MUNICIPAL N° 338/2009, DE 30 DE SETEMBRO DE 2009, REVOGA A LEI MUNICIPAL N° 615/2016, DE 13 DE DEZEMBRO DE 2016, NA FORMA QUE INDICA E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/568/009.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/568/009.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação Mensal para os Servidores Efetivos ocupantes dos cargos de Engenheiro Civil e Contador, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/</t>
+    <t>http://sapl.fortim.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Cria o Projeto Carnaval Solidário e autoriza o Chefe do Executivo Municipal a Realizar Premiação aos Participantes do "Carnaval Solidário", na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/570/011.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/570/011.pdf</t>
   </si>
   <si>
     <t>Altera erro material da Lei Municipal Nº 624/2017, de 20 de fevereiro de 2017, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/571/012.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/571/012.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal (REFIS 2017) do Município de Fortim, na forma que indica e da outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/572/013.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/572/013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do Município de Fortim com seu Regime Próprio de Previdência Social - RPPS, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/573/014.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/573/014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração e execução da Lei Orçamentária para o exercício de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/574/015.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/574/015.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL À CARTA DE LEI DE N° 013/2017(PROJETO DE LEI N° 015/2017)._x000D_
 Cumpre-nos comunicar-lhes que, na forma do disposto no art. 34, § 1° da Lei Orgânica Municipal, VETEI TOTALMENTE a Carta de Lei de nº 013/2017, referente ao Projeto de Lei de nº 015/2017, o qual dispõe sobre "REAJUSTE DAS TABELAS VENCIMENTAIS DOS PROFESSORES DO MUNICIPIO DE FORTIM, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS" .</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/575/016.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/575/016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR ADICIONAL AO VIGENTE ORÇAMENTO O CRÉDITO ESPECIAL QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/576/017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/576/017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE_x000D_
 PRODUZAM PRODUTOS DE ORIGEM ANIMAL, NO ÃMBITO DO MUNICÍPIO DE FORTIM/CE, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/577/018.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/577/018.pdf</t>
   </si>
   <si>
     <t>Altera com reajuste de 7,64% (sete vírgula sessenta e quatro por cento), respectivamente, os anexos V e VII, da Lei Municipal nº 265/2006, com as modificações já introduzidas pelas leis municipais nº 306/2008, 331/2009 e 590/2016, que estabelecem as tabelas vencimentais dos professores do Município de Fortim, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/579/019.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/579/019.pdf</t>
   </si>
   <si>
     <t>Define obrigações de pequeno valor para o Município, nos termos dos § 3° e 4°, do art. 100 da Constituição Federal, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/580/020.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/580/020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização, implantação, manutenção e funcionamento do Sistema de Controle Interno do Poder Executivo Municipal de Fortim, altera a estrutura da Controladoria Geral, cria o cargo de Auditor de Controle Interno e dá outras providências.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/581/021.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/581/021.pdf</t>
   </si>
   <si>
     <t>Altera a simbologia de cargo da Estrutura Administrativa, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/582/022.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/582/022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR ADICIONAL AO VIGENTE ORÇAMENTO O CRÉDITO ESPECIAL QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/583/023.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/583/023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reparcelamento e parcelamento de débitos do Município de Fortim com seu Regime Próprio de Previdência Social - RPPS.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/584/024.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/584/024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CRIAR O COMPONENTE MUNICIPAL DO PROGRAMA DE QUALIFICAÇÃO DAS AÇÕES DE VIGILÂNCIA EM SAÚDE - PQA-VS MUNICIPAL, NA FORMA DE INCENTIVO FINANCEIRO DE DESEMPENHO.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/585/025.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/585/025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4° da Lei Municipal nº 630/2017, de 22 de maio de 2017, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/586/026-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/586/026-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual de Governo do Município de Fortim para o quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/587/027-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/587/027-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Sistema Municipal de Cultura do Município de Fortim, cria o Fundo Municipal de Cultura, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/588/029-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/588/029-2017.pdf</t>
   </si>
   <si>
     <t>Institui a Gratificação de Incentivo à Docência, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/589/030-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/589/030-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Dia da Gentileza e Cidadania, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/590/031-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/590/031-2017.pdf</t>
   </si>
   <si>
     <t>Desafeta parte de bem público desapropriado no Decreto de nº24/99, de 27 de setembro de 1999, para permutar, na forma que indica e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/591/032-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/591/032-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a Contratação Temporária em Regime Parcial bem como de forma Intermitente, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Orlando da Costa Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/594/001-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/594/001-2017.pdf</t>
   </si>
   <si>
     <t>ESTABELECE VIGENTE O SALÁRIO COMO PISO MÍNIMO DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE FORTIM, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/595/002-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/595/002-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE TRAVESSA, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Carlos Alberto Scipião</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/596/pl_003.2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/596/pl_003.2017.pdf</t>
   </si>
   <si>
     <t>Denomina o Prédio onde funciona o Mercado Público de Fortim e dá outras providências.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Igor Ciríaco da Costa</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/597/004-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/597/004-2017.pdf</t>
   </si>
   <si>
     <t>DENOMINA A PRAÇA PÚBLICA DO DISTRITO DE CAMPESTRE DE FORTIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/598/005-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/598/005-2017.pdf</t>
   </si>
   <si>
     <t>DENOMINA A QUADRA ESPORTIVA DO DISTRITO DE CAMPESTRE DE FORTIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>Christian Chianca Pereira da Silva, Igor Ciríaco da Costa, Orlando da Costa Oliveira, Sipião Nogueira Filho</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/599/006-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/599/006-2017.pdf</t>
   </si>
   <si>
     <t>O presente projeto dispõe sobre a criação, a organização e a estrutura do órgão de Controle Interno da Câmara Municipal de Fortim e dá outras providências.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>Flávio Cavalcante de Lima</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/600/007-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/600/007-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO FORTINENSE QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/601/008-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/601/008-2017.pdf</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>Kath Anne Meira da Silva Simonassi</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/457/011-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/457/011-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a docência em educação física no ensino infantil e ensino fundamental nas escolas públicas, no âmbito do Município de Fortim.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>Daniel Joventino Rumão (Daniel do Toinho)</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/602/012-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/602/012-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDEO TÍTULO DE CIDADÃO FORTINENSE QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/603/013-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/603/013-2017.pdf</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/604/014-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/604/014-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA UNIDADE BÁSICA DE SAÚDE SEDE II DE FORTIM. NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/458/015-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/458/015-2017.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão Fortinense ao Sr. Naselmo Ferreira de Sousa.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/483/001-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/483/001-2017.pdf</t>
   </si>
   <si>
     <t>Estabelece vigente o salário como piso mínimo dos vencimentos dos Servidores da Câmara Municipal de Fortim, na forma que indica e dá outras providências,</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>Sipião Nogueira Filho</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/592/017-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/592/017-2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ FORTINENSE QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/593/018-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/593/018-2017.pdf</t>
   </si>
   <si>
     <t>DENOMINA A PRAÇA PÚBLICA NO BAIRRO CAPIM-AÇU DE FORTIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/455/001-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/455/001-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação da ata eletrônica na Câmara Municipal de Vereadores de Fortim.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/456/002-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/456/002-2017.pdf</t>
   </si>
   <si>
     <t>Cria a galeria das mulheres Vereadoras da Câmara Municipal de Fortim.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/459/001.2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/459/001.2017.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Apoio ao Esporte Amador no Município de Fortim/CE.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/461/002.2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/461/002.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de equipamentos e máquinas doados ao município no âmbito do programa de aceleração do crescimento 2 - PAC2, assim como os equipamentos e máquinas objetos de compra direta da administração municipal ou de repasse por emenda parlamentar.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/463/001.2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/463/001.2017.pdf</t>
   </si>
   <si>
     <t>Contra a proposta de emenda constitucional PEC 287/2016, que altera as regras da seguridade social no Brasil, dispondo sobre a reforma da previdência.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/464/002.2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/464/002.2017.pdf</t>
   </si>
   <si>
     <t>Contra a aprovação pelo Tribunal de Justiça do Estado do Ceará, do projeto que visa a reestruturação da organização judiciaria do estado, da forma como está sendo proposta, com extinção de comarcas.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/1/001-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/1/001-2017.pdf</t>
   </si>
   <si>
     <t>Que o Exmo. Sr. Prefeito, determine ao setor competente a viabilização de estudos no sentido de CONSTRUIR UMA COBERTA no ponto de Táxi já existente nas proximidades da Praça São Pedro, proporcionando aos taxistas e usuários do serviço, conforto e segurança.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/484/002-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/484/002-2017.pdf</t>
   </si>
   <si>
     <t>Seja antecipada a Sessão Ordinária designada á Sexta-feira, dia 24 de fevereiro de 2017,para Quinta-Feira dia 23 do corrente mês e ano.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/485/003-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/485/003-2017.pdf</t>
   </si>
   <si>
     <t>Seja solicitado junto a Prefeitura Municipal de Fortim, a construção de um acesso para pedestres no Porto de Bateiras e área de banhistas, nas margens_x000D_
 do Rio Jaguaribe, próximo a residência do Sr. Oliveira em Tanque Velho, distrito de Viçosa, Fortim/CE.</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/4/004.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/4/004.pdf</t>
   </si>
   <si>
     <t>Seja solicitado, junto a Prefeitura Municipal de Fortim, serviço de recuperação de calçamento nas localidades de Viçosa,Tanque Velho e na Ruada Poeira.</t>
   </si>
   <si>
     <t>Gerardo Correia da Silva Júnior</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/5/005.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/5/005.pdf</t>
   </si>
   <si>
     <t>Seja enviado ao Exmo. Sr. Prefeito Municipal, bem como a Secretaria de Obras, solicitando à Construção de uma descida no Porto das Bateiras próximo ao Parque Ecológico desativado em Viçosa, criando acesso aos pescadores e turistas que ali transitam.</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/6/006.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/6/006.pdf</t>
   </si>
   <si>
     <t>Seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a pavimentação da Rua Cícero Teixeira, próximo a Oficina o Azul, neste Município.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/488/007-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/488/007-2017.pdf</t>
   </si>
   <si>
     <t>Seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a pavimentação da Rua Pedro Glicério localizada na Lagoa em Viçosa, bem como a Construção de uma Praça no Centro da referida Comunidade, neste Município.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/489/008-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/489/008-2017.pdf</t>
   </si>
   <si>
     <t>Solicita a Construção de 01 (uma) Praça com implantação de uma academia ao ar livre, na Rua Mauro Cavalcante de Souza, em Viçosa, neste Município.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/501/009-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/501/009-2017.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma da QUADRADE ESPORTE na localidade do Pontal de Maceió, neste Município.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/435/010-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/435/010-2017.pdf</t>
   </si>
   <si>
     <t>Requer transformar a via sentido Fortim praia em via sentido único, onde a mão sentido praia Fortim, ficaria pela Rua do Deth Clube em Pontal do Maceió, neste Município.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/491/011-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/491/011-2017.pdf</t>
   </si>
   <si>
     <t>Solicitando a Reforma e Coberta da Quadra do Gurguri, neste Município.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/492/012-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/492/012-2017.pdf</t>
   </si>
   <si>
     <t>Solicitando a Construção de 01 (um) Posto de Saúde na localidade de Gurguri, neste Município.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/493/013-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/493/013-2017.pdf</t>
   </si>
   <si>
     <t>Solicitando a Pavimentação em toda a extensão da comunidade de Gurguri, neste Município.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/494/014-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/494/014-2017.pdf</t>
   </si>
   <si>
     <t>Seja realizada uma rota de coleta de lixo, nas localidades de Olho D'água e Tapuio, pertencentes á este Município.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/495/015-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/495/015-2017.pdf</t>
   </si>
   <si>
     <t>Solicitando a pavimentação na Travessa Maria Nunes em Capim-Açu, neste Município.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/496/016-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/496/016-2017.pdf</t>
   </si>
   <si>
     <t>Solicitando a pavimentação nas Ruas Maria Ramos e Gerson Lira, ambas ficam próximas uma da outra, na Comunidade de VIÇOSA, no Município de Fortim/CE.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/497/017-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/497/017-2017.pdf</t>
   </si>
   <si>
     <t>Solicitando a pavimentação na Rua São Miguel, conhecida como Rua do Cajueiro, em Pontal de Maceió, pertencente á este Município.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/498/018-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/498/018-2017.pdf</t>
   </si>
   <si>
     <t>a implantação do programa praças digitais disponibilizando sinal de internet sem fio WI-FI LIVRE EGRATUITO na Praça do GUAJIRU, vizinho ao Totô, neste Município.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/499/019-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/499/019-2017.pdf</t>
   </si>
   <si>
     <t>Seja solicitado, junto a Prefeitura Municipal de Fortim, bem como a Secretaria Competente, a REFORMADA PRAÇA DE VIÇOSA, neste Município.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/500/020-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/500/020-2017.pdf</t>
   </si>
   <si>
     <t>Seja solicitado, junto a Prefeitura Municipal de Fortim, bem como a Secretaria Competente, a Coberta da QUADRA de ESPORTE no Tanque Velho, em VIÇOSA, neste Município.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/436/021-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/436/021-2017.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da frente da Escola Mário Teixeira, na Localidade de Barra e a construção de uma mini praça, tento em vista o estado em que se encontra a frente da Escola.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/502/022-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/502/022-2017.pdf</t>
   </si>
   <si>
     <t>Seja solicitado junto a Prefeitura Municipal, a solicitação em caráter de urgência ao Governo do Estado de_x000D_
 Carros fumacês, para realizar um trabalho no Município, compreendendo a Sede e demais Localidades.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/503/023-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/503/023-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado, junto a Prefeitura Municipal de Fortim, bem como a Secretaria Competente, a Pavimentação na Localidade do Coqueirinho I, na Rua principal próximo as residências.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/504/024-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/504/024-2017.pdf</t>
   </si>
   <si>
     <t>Solicitando à Prefeitura Municipal de Fortim, no sentido de que sejam tomadas as providências necessárias, em caráter de urgência, para que seja implementado sistema de iluminação pública no trecho Fortim/Pontal de Maceió, ao lado do asfalto. Que seja requisitado apoio do Governo Estadual ou Federal, caso o Governo Municipal de Fortim não tenha recurso financeiro para realizar tal solicitação.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/505/025-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/505/025-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a solicitação de uma equipe de profissionais da Saúde para realizarem atendimento diariamente no Posto de Saúde da localidade de Olho D'água.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/506/026-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/506/026-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal a Vistoria e Manutenção da~lJmif1lilÇãodas localidades do Guajiru e_x000D_
 Pau D'olho.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/507/027-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/507/027-2017.pdf</t>
   </si>
   <si>
     <t>Seja solicitado junto a Prefeitura Municipal, a manutenção dos chafariz da localidade do Guajiru.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/508/028-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/508/028-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a contratação de um zelador para a Praça da Comunidade do_x000D_
 Guajiru.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/509/029-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/509/029-2017.pdf</t>
   </si>
   <si>
     <t>solicitando a Reforma do Posto de Saúde da Comunidade de Barro Vermelho, pertencente á este Município</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/510/030-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/510/030-2017.pdf</t>
   </si>
   <si>
     <t>Solicita a Construção de 01 (um) Chafariz na Localidade de Pontal de Maceió, na Rua Miguel Cazuza, neste Município.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/511/031-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/511/031-2017.pdf</t>
   </si>
   <si>
     <t>Solicitando a CONSTRUÇÃO DE UMA DESCIDA que dá acesso aos Pescadores para o Rio Jaguaribe em Jardim de Baixo, próximo a Casa do Jorge.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/512/032-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/512/032-2017.pdf</t>
   </si>
   <si>
     <t>Que seja antecipada a Sessão Ordinária designada para o dia 14de abril de 2017para o dia 12 (Quarta-Feira) do corrente mês e ano.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/437/033-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/437/033-2017.pdf</t>
   </si>
   <si>
     <t>Requer reparo imediato da malha asfáltica da estrada que liga Guajiru ao Pau d'Olho.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/438/034-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/438/034-2017.pdf</t>
   </si>
   <si>
     <t>Requer a criação do Projeto "Esporte na Comunidade", de modo que a criança e o adolescente tenha a oportunidade de praticar esporte no período que não estiver na Escola, fornecendo-lhe lanche e ofertando-lhe palestras de temas variados.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/439/035-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/439/035-2017.pdf</t>
   </si>
   <si>
     <t>Requer providências que se fizerem necessárias para a melhoria do trecho que inicia no farol da entrada do Fortim até rodoviária local, condicionando-o para o tráfico de veículos e pessoas, bem como dando melhor aparência ao local.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/513/036-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/513/036-2017.pdf</t>
   </si>
   <si>
     <t>Solicita a Reforma do Mercado Público de Fortim</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/514/037-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/514/037-2017.pdf</t>
   </si>
   <si>
     <t>Que seja antecipada a Sessão Ordinária designada para o dia 21 de abril de 2017para o dia 20 (Quinta-Feira) do corrente mês e ano.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/515/038-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/515/038-2017.pdf</t>
   </si>
   <si>
     <t>Solicita a pavimentação na Rua José Lira em Viçosa, próximo á Praça desta Localidade, pertencente á este Município.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/516/039-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/516/039-2017.pdf</t>
   </si>
   <si>
     <t>Que determine ao Setor competente, encaminhar a esta Casa Legislativa, Projeto de Lei disponibilizando o serviço de segurança e resgate.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/517/040-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/517/040-2017.pdf</t>
   </si>
   <si>
     <t>Para que notifique ao órgão competente, a ligação de água potável da rede pública, na Rua Vila Nova, próximo a Rua da Poeira, por trás da Residência do Sr. Valdemar em Viçosa, no município de Fortim/CE.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/518/041-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/518/041-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, a instalação de uma (01) lombada Eletrônica em frente à Igreja da comunidade da lagoa, na CE- 040, no distrito de Viçosa, Fortim/CE.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/519/042-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/519/042-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim-CE e a Secretaria de Obras, para procederem com o reparo imediato na estrada que liga Guajiru á Tapuio, a fim de melhorar o trajeto que compreende essas Comunidades.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/520/043-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/520/043-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim, para que o mesmo notifique ao órgão competente, a ligação de água potável da rede pública, nas Ruas paralelas à Rua São José que fica por trás o espaço de eventos Mazé do Cajubá, no município de Fortim/CE.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/521/044-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/521/044-2017.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo municipal, que determine providências no sentido de rebaixar redutores de velocidade (Quebra-Molas) no Município de Fortim.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/522/045-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/522/045-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado ao Governo Municipal de Fortim, a instalação de placas sinalizadoras nas estradas vicinais</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/523/046-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/523/046-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, bem como a Secretaria de Obras, a manutenção e a reinstalação do motor do poço da comunidade de Mosquito.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/524/047-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/524/047-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal; bem como a Secretaria de Obras, a manutenção da estrada que liga Gurguri ao Mamoeiro, passando pelas comunidades de Mundo Novo, Volta Grande, Coqueirinho I e 2, Carnaubinha e Mamoeiro.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/525/048-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/525/048-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, bem como a Secretaria de Obras, a total reforma da quadra de esporte do Guajiru.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/526/049-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/526/049-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a manutenção da estrada que liga as comunidades de tapuio e Tanques.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/440/050-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/440/050-2017.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do Projeto Ecoelce cujo intuito é trocar resíduos por créditos na conta de energia dos consumidores.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Christian Chianca Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/527/051-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/527/051-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, a criação do Órgão Municipal que regulamenta e fiscaliza o trânsito.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/528/052-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/528/052-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, a Criação dos Pontos de Paradas para o Transporte Coletivo do Município.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/441/053-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/441/053-2017.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma campanha de mobilização junto a sociedade fortinense, envolvendo a emissora da rádio local, escolas, unidade de saúde, as igrejas e a população como um todo, para a mobilização e efetivação de ações de combate ao mosquito Aedes Aegypti que tem sido responsável por inúmeras doenças em nosso município.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/442/054-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/442/054-2017.pdf</t>
   </si>
   <si>
     <t>Requer providências na pavimentação do final da Rua José Bandeira Gondim, pela dificuldade de locomoção no trecho que ainda é de areia ''frouxa''.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/443/055-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/443/055-2017.pdf</t>
   </si>
   <si>
     <t>Requer que oficie a União, para tomar providências no tocante a manutenção e revitalização do Farol da Barra, localizado na Praia de Pontal de Maceió, visto que se trata de bem situado no terreno da Marinha.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/529/056-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/529/056-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, bem como a Secretaria de Obras, as seguintes melhorias para a Rua João Braga Monteiro (Antiga Rua D, próximo ao Hotel Pausa, em Pontal de Maceió), A pavimentação até a praia, instalação de iluminação no trecho, coleta de lixo em dias pré-determinados, e canalização de água pela Cagece.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/530/057-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/530/057-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a reforma de 01 (uma) Cisterna na Localidade de Barro Vermelho, neste Município .</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/531/058-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/531/058-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a Construção de 01 (uma) Mini Praça na Localidade do Olho D'água, neste Município.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/532/059-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/532/059-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a perfuração de poço e construção de um novo chafariz na comunidade de Pau D' alho (Podói).</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/533/060-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/533/060-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a total reforma da quadra de esportes de Assentamento Coqueirinho.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/534/061-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/534/061-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a pavimentação/calçamento da rua Josefina Lopes na comunidade de Pontal de Maceió.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/535/062-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/535/062-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a Reforma da quadra esportiva da Comunidade de Jardim de Baixo, neste Município.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/536/063-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/536/063-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a Reforma da praça da Comunidade do Campestre, neste Município.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/537/064-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/537/064-2017.pdf</t>
   </si>
   <si>
     <t>Que seja Implantado Mecanismos de Acesso a Internet Wifi Livre e Gratuito na Praça Pública da Localidade de Campestre, no Município de Fortim.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/444/065-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/444/065-2017.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação, arborização e retirada de entulho em frente ao Colégio Comunitário da Localidade da Barra.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/445/066-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/445/066-2017.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza e capinação em frente a quadra da Vila Mota, na Localidade do Guajiru.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/538/067-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/538/067-2017.pdf</t>
   </si>
   <si>
     <t>Que seja antecipada a Sessão Ordinária designada para o dia 16 de junho de 2017 para o dia 14 (Quarta-feira), do corrente mês e ano.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/539/068-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/539/068-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, a reativação do Sinal de Internet - Wi-Fi livre e gratuito, na Praça Pública em frente à Acref, prédio onde funciona esta Augusta Casa.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/540/069-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/540/069-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, bem como a Secretaria de Obras, a Construção de 01 (uma) Praça Pública ao Centro da Comunidade de Tapuio, neste Município.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/541/070-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/541/070-2017.pdf</t>
   </si>
   <si>
     <t>Solicita a Construção de 02 (duas) lombadas de trânsito (Quebra - molas) dentro dos padrões estabelecidos no CTB - Código de trânsito brasileiro, com sua devida sinalização, na Rua São José em Fortim, próximo a residência do Sr. Tiago (Ex-Secretário de Obras).</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/542/071-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/542/071-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, bem como a Secretaria de Obras, que seja realizado com urgência o ajuste da lombada de trânsito (Quebra - mola) dentro dos padrões estabelecidos no CTB - Código de trânsito brasileiro, com sua devida sinalização, na Rua Francisca Adriana de Moura em Fortim, na via que dá acesso ao Hospital Municipal, neste município.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/543/072-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/543/072-2017.pdf</t>
   </si>
   <si>
     <t>Solicita a Pavimentação na Rua Maria Lourenço e suas Travessas na Sede de Fortim, que ficam próximas a Oficina de Pintura do Sr. Milton.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/544/073-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/544/073-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto ao Exmo. Sr. Prefeito Municipal de Fortim, bem como a Secretaria de Obras, a Construção de 01 (um) cemitério em um terreno já existente, na Comunidade de Mundo Novo, neste Município.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/545/074-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/545/074-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, bem como a Secretaria de Obras, a construção de 04(quatro) faixas elevadas na Avenida Joaquim Crisóstomo, de frente à Escola Professora Maria Luíza e Centro de Educação Infantil Professora Maria Luíza, assim como, de frente ao Terminal Rodoviário de Fortim.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/546/075-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/546/075-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, bem como a Secretaria de Obras, a reforma da mini praça do banco do Brasil com reinstalação de refletores e luminárias, bancos (assentos), rampa para cadeirantes e lixeiras para coleta seletiva e internet wi fi livre.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/547/076-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/547/076-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, bem como a Secretaria de Obras, a total limpeza e higienização do lago existente na praia de Pontal de Maceió.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/548/077-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/548/077-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, bem como a Secretaria de Obras, a construção de 02 (duas) lombadas na rua Vicente Silvano em Pontal de Maceió, nas proximidades da escola Emília Queiroz..</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/549/078-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/549/078-2017.pdf</t>
   </si>
   <si>
     <t>Requer em regime de urgência urgentíssima a Concessão de Licença que o permite exercer o Cargo de Secretário Municipal de Indústria e Comércio de Fortim.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/550/079-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/550/079-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a construção da estrada que liga o Guajiru/Pau D' Álho/Pontal de Maceió.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/446/080-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/446/080-2017.pdf</t>
   </si>
   <si>
     <t>Requer que o Executivo encaminhe a esta Casa Legislativa, Projeto de Lei, dispondo sobre a criação do Projeto ''Festival da Juventude'', a ser realizado no Dia Nacional da Juventude, 22 de setembro no Município de Fortim.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/447/081-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/447/081-2017.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Mini Ginásio Coberto na Localidade de Guajiru.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/448/082-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/448/082-2017.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça do Guajiru.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/551/083-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/551/083-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Reforma da Quadra de Esporte do Mundo Novo, neste Município,</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/552/084-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/552/084-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a reforma do Posto de Saúde na localidade de Gurguri, neste Município.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Raimundo Tomaz de Souza</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/553/085-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/553/085-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a Construção de 01 (uma) Praça arborizada com Academia ao ar livre, na Localidade do Pontal de Maceió, no terreno que fica localizado entre a Quadra de Esporte e o Posto de Saúde.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/554/086-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/554/086-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, bem como a Secretaria de Obras, a Construção da Coberta do Pátio Interno da Escola Artur Lira em Viçosa, neste município.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/555/087-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/555/087-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a pavimentação da Rua Manoel Ribeiro, que fica ao lado da residência do Sr. Bolinha, em Viçosa, neste Município.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/556/088-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/556/088-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a Instalação de Iluminação Pública na Praça da Barra, próximo a Quadra de Esporte.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/557/089-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/557/089-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando o Conserto da Televisão e Antena da Praça de Viçosa, que estão ser funcionar a um bom tempo.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/558/090-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/558/090-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, bem como a Secretaria de Obras, Terraplanagem nas estradas que ligam Campestre á Tanques, neste Município.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/559/091-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/559/091-2017.pdf</t>
   </si>
   <si>
     <t>Que seja Implantado Mecanismos de Acesso a Internet Wifi Livre e Gratuito nas Praças Públicas dos seguintes locais: Rua da Poeira, Tanque Velho e Lagoa Centro, em VIÇOSA, no Município de Fortim.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/560/092-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/560/092-2017.pdf</t>
   </si>
   <si>
     <t>Que seja Implantado Mecanismos de Acesso a Internet Wifi Livre e Gratuito na Praça Pública da Barra, situada a Rua Francisco Camilo, próximo ao Bar do Sr. Carneiro.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/561/093-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/561/093-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a instalação de rede de Iluminação Pública na entrada do Jardim de Cima e Jardim de Baixo, neste Município.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/449/094-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/449/094-2017.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza e capinação na entrada e nas ruas principais da Localidade do Guajiru e reparos das lâmpadas queimadas dos postes.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/450/095-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/450/095-2017.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um chafariz na Rua João Evangelista, popularmente conhecida como Rua dos Gatos, onde já existe um poço profundo, na Localidade de Pontal de Maceió.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/451/096-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/451/096-2017.pdf</t>
   </si>
   <si>
     <t>Requer a substituição das lâmpadas de iluminação pública para o modelo LED dos postes que liga a Localidade de Viçosa a Pontal de Maceió.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/562/097-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/562/097-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a construção de 01(uma) Mini Praça na Travessa Joaquim Mota, próximo a antiga Creche, no Bairro do Capim-Açu, neste Município.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/563/098-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/563/098-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim para que o mesmo notifique ao órgão competente, a ampliação da ligação de água potável de rede pública, na Travessa Isabel Monteiro, próximo ao Mercadinho Pacheco, na Barra, no município de Fortim/CE.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/564/099-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/564/099-2017.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal de Fortim, faça a substituição das lâmpadas de iluminação pública para o modelo LED dos postes que compreende á entrada da localidade da Barra até o Canto da Barra, neste Município.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/565/100-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/565/100-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a construção de 01 (um) Estádio Municipal de Futebol da Cidade de Fortim.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/566/101-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/566/101-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento 30 Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a construção de 01 (uma) Praça no Tanque Velho, próximo a Quadra de Esporte, no distrito de Viçosa.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/605/102-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/605/102-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a colocação de Placas Indicativas de Ruas no distrito de Pontal do Maceió, neste Município.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/606/103-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/606/103-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Construção de 01(um) Posto de Saúde na Comunidade de Jardim de Baixo, neste Município.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/607/104-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/607/104-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando serviço de recuperação do calçamento ao redor da Praça José Scipião em Viçosa, neste Município.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/608/105-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/608/105-2017.pdf</t>
   </si>
   <si>
     <t>Que realize Instalação de Iluminação Pública com Lâmpadas modelo LED, na Rua Cícero Teixeira, esquina com a Avenida Joaquim Crisóstomo, ao lado do escritório da Cagece, neste Município.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/609/106-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/609/106-2017.pdf</t>
   </si>
   <si>
     <t>Que não haja Sessão Ordinária no dia 08 de setembro (Sexta-feira) do corrente ano.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/610/107-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/610/107-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim para que o mesmo notifique ao órgão competente, a ampliação da ligação de água potável de rede pública, na Rua são José, Travessas 1, 2, 3 e 4, próximo ao espaço de eventos Mazé Cajubá, no Município de Fortim/CE.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/611/108-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/611/108-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim para que o mesmo notifique ao órgão competente, a ampliação da ligação de água potável de rede pública, na Travessa Isabel Monteiro, viela ao lado da Creche Pro Infância Mário Teixeira no Distrito da Barra, neste Município.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/612/109-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/612/109-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto ao Governo Municipal de Fortim, de maneira imediata a completa reforma do Posto de Saúde da localidade do Barro Vermelho.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/613/110-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/613/110-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a perfuração de um poço profundo e construção de um chafariz público na localidade do Córrego do Maceió (proximidades da residência da Sra. Alaíde da Silva).</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/614/111-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/614/111-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, a manutenção da estrada que liga o final da CE-123 á praia do Canto da Barra (Ladeira e Rua da praia).</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/615/112-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/615/112-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Construção de um Portal de Entrada na Cidade de Fortim, sentido Viçosa/Centro.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/616/113-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/616/113-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Construção da coberta da Quadra de Esportes, próximo à Câmara de Vereadores de Fortim</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/617/114-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/617/114-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim para que o mesmo notifique ao órgão competente, a continuação da ampliação da rede de água potável nas Travessas 1 e 2 da Rua José Fernandes, próximo a residência da Sra. Maria Firmino, no distrito da Barra, neste Município.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/618/115-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/618/115-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim para que o mesmo notifique ao órgão competente, a continuação da ampliação da rede de água potável na Rua São Miguel, próximo a residência da Sra. Regina (Presidente da Cooperativa de Táxi) no distrito de Pontal de Maceió, neste Município,</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/619/116-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/619/116-2017.pdf</t>
   </si>
   <si>
     <t>que seja solicitado junto a Prefeitura Municip91, bem como a Secretaria de Obras, a construção de 02 (duas) lombadas na Rua Francisco Batista, conhecida como Rua Grande em Pontal de Maceió, sendo a primeira lombada, construída próximo a casa do evangelho e a segunda, próximo a residência da Sra. Nívia.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/620/117-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/620/117-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Perfuração de 01 (um) Poço Profundo e a Construção de 01 (uma) Caixa d'água com Chafariz, na Localidade do Castelo, no Distrito de Viçosa, ao lado da CE 040, neste Município.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/621/118-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/621/118-2017.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal Naselmo Ferreira com cópia ao Ilustríssimo Secretário de Obras, Sr._x000D_
 Francisco Ribeiro, estendendo seu encaminhamento a Empresa Enel Distribuição Ceará - Conhecida anteriormente como companhia energética do Ceará (Coelce), mostrando a premente necessidade de proceder em caráter de urgência a verificação de energia bem como sua voltagem nas residências do Bairro Capim-Açu, neste Município.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/452/119-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/452/119-2017.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Campinho de Futebol nos moldes esporte, adequando ao programa Fortim Mais Esporte, na Localidade de Guajiru.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/622/120-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/622/120-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Construção de 01 (um) portal de Entrada no Distrito do Pontal de Maceió, neste Município.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/623/121-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/623/121-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a instalação de 02 (dois) Postes de Iluminação na Rua Manoel Ribeiro, que fica ao lado da residência do Sr. Bolinha, em Viçosa, neste Município.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/624/122-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/624/122-2017.pdf</t>
   </si>
   <si>
     <t>Que seja antecipada a Sessão Ordinária designada para o dia 03 de novembro de 2017 para o dia 1° (Quarta-feira), do corrente mês e ano.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/625/123-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/625/123-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Construção da coberta da quadra de esporte na Comunidade da Barra, no Município de Fortim.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/626/124-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/626/124-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado oficio e em anexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Implantação de Iluminação Pública no campo de futebol, localizado á Rua Lino Monteiro, no Distrito da Barra, neste Município.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/453/125-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/453/125-2017.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça São Pedro.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/627/126-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/627/126-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando o melhoramento da estrada do Córrego do Maceió, que compreende o trajeto partindo da residência do Sr. Tarcísio até as proximidades do Sítio da Tia, neste Município.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/628/127-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/628/127-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, bem como a Secretaria de Obras, que realize Instalação de lIuminação Pública com Lâmpadas modelo LED, na estrada que compreende a localidade de Guajirú até o Pau D'olho, pertencente á este Município.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/629/128-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/629/128-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a prefeitura Municipal, bem como a Secretaria de Obras, a construção de 03 (três) lombadas na comunidade de Campestre, sendo a primeira lombada, construída em frente à igreja, a segunda em frente à residência do Sr. Zé Grosso e a terceira após a residência do mesmo.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/630/129-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/630/129-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal, bem como a Secretaria de Obras, a Construção de 01 (uma) Praça arborizada com academia ao ar livre, na localidade de Pau D'olho, no espaço entre a Igreja Católica e o Clube Recreativo da referida Comunidade.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/454/130-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/454/130-2017.pdf</t>
   </si>
   <si>
     <t>Requer providências para sancionar o Projeto de Lei 006/2013 de 25 de Junho de 2013, que institui a política municipal de prevenção e controle do câncer de próstata.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/490/009-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/490/009-2017.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma da quadra de esporte na localidade do Pontal de Maceió, neste Município.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/631/132-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/631/132-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, solicitando a Construção de 01 (uma) Praça com Academia ao Ar Livre, na Rua Francisco Augustinho, em frente á oficina "o Babu".</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/632/133-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/632/133-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em anexo, cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, que providencie o calçamento com Bloquetes Intertravados de Concreto, na Rua Isabel Monteiro, em frente á Creche Mário Teixeira de Carvalho na Comunidade da Barra, pertencente á este Município</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/633/134-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/633/134-2017.pdf</t>
   </si>
   <si>
     <t>Que seja enviado ofício e em nexo cópia deste requerimento ao Exmo. Prefeito Municipal de Fortim e a Secretaria de Obras, a Construção de 01 (uma) Praça Arborizada Com Academia ao Ar Livre e se possível, a construção de 01 (uma) pista de esqueitismo, num espaço localizado no início da Rua Cícero Teixeira, em frente ao Clube de Eventos da Mazé Cajubá, no Município de Fortim.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/634/135-2017.pdf</t>
+    <t>http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/634/135-2017.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado junto a Prefeitura Municipal de Fortim, bem como a Secretaria de Obras, a Instalação da Placa de Identificação com o nome "Mirante da Barra Edilson Monteiro de Albuquerque" em Fortim/CE, conforme a Lei Municipal n°308/2008, a qual segue em anexo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2513,68 +2513,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/12/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/44/002.2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/46/005.2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/486/006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/487/007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/567/008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/568/009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/570/011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/571/012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/572/013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/573/014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/574/015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/575/016.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/576/017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/577/018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/579/019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/580/020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/581/021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/582/022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/583/023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/584/024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/585/025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/586/026-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/587/027-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/588/029-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/589/030-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/590/031-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/591/032-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/594/001-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/595/002-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/596/pl_003.2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/597/004-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/598/005-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/599/006-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/600/007-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/601/008-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/457/011-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/602/012-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/603/013-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/604/014-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/458/015-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/483/001-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/592/017-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/593/018-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/455/001-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/456/002-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/459/001.2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/461/002.2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/463/001.2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/464/002.2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/1/001-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/484/002-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/485/003-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/4/004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/5/005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/6/006.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/488/007-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/489/008-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/501/009-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/435/010-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/491/011-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/492/012-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/493/013-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/494/014-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/495/015-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/496/016-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/497/017-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/498/018-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/499/019-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/500/020-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/436/021-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/502/022-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/503/023-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/504/024-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/505/025-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/506/026-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/507/027-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/508/028-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/509/029-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/510/030-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/511/031-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/512/032-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/437/033-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/438/034-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/439/035-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/513/036-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/514/037-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/515/038-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/516/039-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/517/040-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/518/041-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/519/042-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/520/043-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/521/044-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/522/045-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/523/046-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/524/047-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/525/048-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/526/049-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/440/050-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/527/051-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/528/052-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/441/053-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/442/054-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/443/055-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/529/056-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/530/057-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/531/058-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/532/059-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/533/060-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/534/061-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/535/062-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/536/063-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/537/064-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/444/065-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/445/066-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/538/067-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/539/068-2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/540/069-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/541/070-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/542/071-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/543/072-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/544/073-2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/545/074-2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/546/075-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/547/076-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/548/077-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/549/078-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/550/079-2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/446/080-2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/447/081-2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/448/082-2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/551/083-2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/552/084-2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/553/085-2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/554/086-2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/555/087-2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/556/088-2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/557/089-2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/558/090-2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/559/091-2017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/560/092-2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/561/093-2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/449/094-2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/450/095-2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/451/096-2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/562/097-2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/563/098-2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/564/099-2017.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/565/100-2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/566/101-2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/605/102-2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/606/103-2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/607/104-2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/608/105-2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/609/106-2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/610/107-2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/611/108-2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/612/109-2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/613/110-2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/614/111-2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/615/112-2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/616/113-2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/617/114-2017.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/618/115-2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/619/116-2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/620/117-2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/621/118-2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/452/119-2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/622/120-2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/623/121-2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/624/122-2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/625/123-2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/626/124-2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/453/125-2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/627/126-2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/628/127-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/629/128-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/630/129-2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/454/130-2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/490/009-2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/631/132-2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/632/133-2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/633/134-2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/634/135-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/12/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/44/002.2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/46/005.2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/486/006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/487/007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/567/008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/568/009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/570/011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/571/012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/572/013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/573/014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/574/015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/575/016.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/576/017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/577/018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/579/019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/580/020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/581/021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/582/022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/583/023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/584/024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/585/025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/586/026-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/587/027-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/588/029-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/589/030-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/590/031-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/591/032-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/594/001-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/595/002-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/596/pl_003.2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/597/004-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/598/005-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/599/006-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/600/007-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/601/008-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/457/011-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/602/012-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/603/013-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/604/014-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/458/015-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/483/001-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/592/017-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/593/018-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/455/001-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/456/002-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/459/001.2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/461/002.2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/463/001.2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/464/002.2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/1/001-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/484/002-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/485/003-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/4/004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/5/005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/6/006.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/488/007-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/489/008-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/501/009-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/435/010-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/491/011-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/492/012-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/493/013-2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/494/014-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/495/015-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/496/016-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/497/017-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/498/018-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/499/019-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/500/020-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/436/021-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/502/022-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/503/023-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/504/024-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/505/025-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/506/026-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/507/027-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/508/028-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/509/029-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/510/030-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/511/031-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/512/032-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/437/033-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/438/034-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/439/035-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/513/036-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/514/037-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/515/038-2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/516/039-2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/517/040-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/518/041-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/519/042-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/520/043-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/521/044-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/522/045-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/523/046-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/524/047-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/525/048-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/526/049-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/440/050-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/527/051-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/528/052-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/441/053-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/442/054-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/443/055-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/529/056-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/530/057-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/531/058-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/532/059-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/533/060-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/534/061-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/535/062-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/536/063-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/537/064-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/444/065-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/445/066-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/538/067-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/539/068-2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/540/069-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/541/070-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/542/071-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/543/072-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/544/073-2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/545/074-2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/546/075-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/547/076-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/548/077-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/549/078-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/550/079-2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/446/080-2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/447/081-2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/448/082-2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/551/083-2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/552/084-2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/553/085-2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/554/086-2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/555/087-2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/556/088-2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/557/089-2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/558/090-2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/559/091-2017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/560/092-2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/561/093-2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/449/094-2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/450/095-2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/451/096-2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/562/097-2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/563/098-2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/564/099-2017.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/565/100-2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/566/101-2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/605/102-2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/606/103-2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/607/104-2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/608/105-2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/609/106-2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/610/107-2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/611/108-2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/612/109-2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/613/110-2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/614/111-2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/615/112-2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/616/113-2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/617/114-2017.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/618/115-2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/619/116-2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/620/117-2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/621/118-2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/452/119-2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/622/120-2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/623/121-2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/624/122-2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/625/123-2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/626/124-2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/453/125-2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/627/126-2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/628/127-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/629/128-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/630/129-2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/454/130-2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/490/009-2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/631/132-2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/632/133-2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/633/134-2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fortim.ce.leg.br/media/sapl/public/materialegislativa/2017/634/135-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="92.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>